--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -1,137 +1,131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74de893809e84638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76c73d23fdfe45b5bb2cc21233a9e752.psmdcp" Id="Re76a02225de1406e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd6e25c6b4c4976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3be3c73211be43499172214f4a1fc258.psmdcp" Id="R989970572c2e4cd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Կազմեր" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="277">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
   <x:si>
     <x:t>ԸԸՀ</x:t>
   </x:si>
   <x:si>
     <x:t>ազգանուն, անուն, հայրանուն</x:t>
   </x:si>
   <x:si>
     <x:t>պաշտոն</x:t>
   </x:si>
   <x:si>
     <x:t>սեռ</x:t>
   </x:si>
   <x:si>
     <x:t>ակտիվացման ա/թ</x:t>
   </x:si>
   <x:si>
-    <x:t>Այվազյան Արա Ֆելիքսի</x:t>
+    <x:t>Մովսիսյան Արթուր Սամվելի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>տեղակալ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Արական</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Մարտիրոսյան Սեդա Տիգրանի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>քարտուղար</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Իգական</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Գալստյան Տիգրան Հովհաննեսի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>անդամ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Թորոսյան Աշոտ Տիգրանի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Հովսեփյան Հասմիկ Սուրիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Խաչատրյան Գայանե Երանիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Կարապետյան Աղավնի Մակբետի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Հովհաննիսյան Լուսինե Արամի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Կարապետյան Ռուդիկ Հենրիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Բաղդասարյան Գեվորգ Աշոտի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Վլասյան Վարդան Սամվելի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Շառոյան Նելլի Արծվիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Զեյնալյան Վանուշ Հովսեփի</x:t>
   </x:si>
   <x:si>
     <x:t>նախագահ</x:t>
   </x:si>
   <x:si>
-    <x:t>Արական</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Բարսեղյան Արթուր Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Համբարձումյան Անի Մորիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Վարդանյան Կարինե Ավետիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Սիրանուշ Էդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Արայիկ Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Բորիս Լեվի</x:t>
   </x:si>
   <x:si>
     <x:t>Բալասանյան Դավիթ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Գայանե Ռոլանդի</x:t>
   </x:si>
   <x:si>
     <x:t>Արզիկյան Ելիզավետա Արշակի</x:t>
@@ -142,119 +136,116 @@
   <x:si>
     <x:t>Շաբոյան Գոհար Հակոբի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Մելինե Մանվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Բակլաչյան Արշավիր Մարատի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարտիրոսյան Մխիթար Ռոստոմի</x:t>
   </x:si>
   <x:si>
     <x:t>Հոբոսյան Լիլիթ Լավրենտիի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչիկյան Մարինե Հրայրի</x:t>
   </x:si>
   <x:si>
     <x:t>Բադալյան Հրանտ Սիմոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Սաֆարյան Սուրեն Արամի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ղազարյան Հասմիկ Ռազմիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մկրտումյան Աննա Հրաչիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ղազարյան Հասմիկ Ռազմիկի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սարգսյան Սոնա Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Աղամյան Մարիաննա Անուշավանի</x:t>
   </x:si>
   <x:si>
-    <x:t>Գրիգորյան Լիլիթ Ստեփանի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մելքոնյան Արթուր Հրաչիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոսյան Արմեն Գրիշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Աթոյան Լիլիթ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարգարյան Հռիփսիմե Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Սաֆարյան Արտյոմ Արտակի</x:t>
   </x:si>
   <x:si>
     <x:t>Նավոյան Արեվիկ Արմենակի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Մարիամ Արտաշի</x:t>
   </x:si>
   <x:si>
+    <x:t>Զեյնալյան Տիգրան Վանուշի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ղեվոնդյան Շուշանիկ Ասիլբեկի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Աշոտ Ռուդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Վահագն Տիգրանի</x:t>
   </x:si>
   <x:si>
-    <x:t>Զեյնալյան Տիգրան Վանուշի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ավագյան Տաթեվ Նելսոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Մանգասարյան Անրի Ռոմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտչյան Մարինե Սուրենի</x:t>
   </x:si>
   <x:si>
+    <x:t>Գրիգորյան Խաչատուր Մանուկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Էժդարյան Սարգիս Արթուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Լիլիթ Հարությունի</x:t>
   </x:si>
   <x:si>
     <x:t>Քիշմիրյան Կարինե Ռազմիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Գրիգորյան Խաչատուր Մանուկի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Տերտերյան Եղիշ Գառնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գեվորգյան Արմենուհի Ռոբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Ասատրյան Լեվոն Մանուկի</x:t>
   </x:si>
   <x:si>
     <x:t>Արիստակեսյան Կարինե Ռադինի</x:t>
   </x:si>
   <x:si>
     <x:t>Սամսոնյան Գեվորգ Պայքարի</x:t>
   </x:si>
   <x:si>
     <x:t>Այդինյան Դիանա Արսենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ադիլխանյան Էդգար Սուրենի</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբյան Արմեն Ալիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Արաբաչյան Արմեն Էդիկի</x:t>
@@ -265,624 +256,600 @@
   <x:si>
     <x:t>Կնյազյան Հերմինե Անդրանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Աբգարյան Մարգարիտ Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Թորոսյան Հակոբ Անուշավանի</x:t>
   </x:si>
   <x:si>
     <x:t>Օսիպյան Արթուր Կառլենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ուրֆալյան Հովհաննես Մկրտչի</x:t>
   </x:si>
   <x:si>
     <x:t>Մանուկյան Մարտուն Ստեփանի</x:t>
   </x:si>
   <x:si>
     <x:t>Ազատյան Արմենուհի Արմենի</x:t>
   </x:si>
   <x:si>
     <x:t>Այվազյան Լիանա Լեվոնի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ահարոնյան Ռուզաննա Գեղամի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ստեփանյան Աննա Արշակի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մարտիրոսյան Յուրի Վարդանի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ստեփանյան Աննա Արշակի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Դավթյան Գարիկ Պետրոսի</x:t>
   </x:si>
   <x:si>
     <x:t>Ասատրյան Տաթեվիկ Համբարձումի</x:t>
   </x:si>
   <x:si>
     <x:t>Ցականյան Սարգիս Սպարտակի</x:t>
   </x:si>
   <x:si>
     <x:t>Սիմոնյան Լիլիթ Հակոբի</x:t>
   </x:si>
   <x:si>
     <x:t>Առաքելյան Հայկազ Արամի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարգսյան Արթուր Միշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Կոստանյան Մարիամ Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ստեփանյան Հրաչյա Ստեփանի</x:t>
   </x:si>
   <x:si>
     <x:t>Զաքարյան Արտակ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մովսիսյան Աննա Տիգրանի</x:t>
   </x:si>
   <x:si>
     <x:t>Քոչարյան Լիլիթ Լիպարիտի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ղազարյան Մուշեղ Հայրիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Պողոսյան Արսեն Ժորայի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մալխասյան Արմինե Մելիքսեթի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ղազարյան Մուշեղ Հայրիկի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Նազարյան Գրիգոր Արշամի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Գառնիկ Սաշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Դանիելյան Ծովինար Մհերի</x:t>
   </x:si>
   <x:si>
     <x:t>Սիմոնյան Սուրեն Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտչյան Տաթեվիկ Համլետի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ստեփանյան Զարուհի Ռադիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սարգսյան Մարգարիտ Ալբերտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ստեփանյան Զարուհի Ռադիկի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հովհաննիսյան Մարատ Միհրանի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղորղանյան Արշակ Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Իսկանդարյան Հռիփսիմե Թովմասի</x:t>
   </x:si>
   <x:si>
     <x:t>Գալոյան Արմինե Ռուբենի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Գայանե Գուրգենի</x:t>
   </x:si>
   <x:si>
+    <x:t>Աբրահամյան Մերուժան Վազգենի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Հայրապետյան Լիանա Հրաչյայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Աբրահամյան Մերուժան Վազգենի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հովհաննիսյան Գոռ Լենդրուշի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արման Խաչատուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Լիաննա Ռուբենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղորղանյան Նեյլի Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Արամ Կառլենի</x:t>
   </x:si>
   <x:si>
     <x:t>Համբարձումյան Ռոբերտ Մկրտիչի</x:t>
   </x:si>
   <x:si>
     <x:t>Հայրապետյան Հրաչուհի Հրաչյայի</x:t>
   </x:si>
   <x:si>
     <x:t>Թադեվոսյան Ռազմիկ Սարգսի</x:t>
   </x:si>
   <x:si>
     <x:t>Փարվանյան Արթուր Ժորայի</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոսյան Զեմֆիրա Արամայիսի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մորիկյան Մարինե Էդուարդի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Պապիկյան Գարեգին Ռուբենի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ազատյան Անժելա Աշոտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մորիկյան Մարինե Էդուարդի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Հովհաննիսյան Արտավազդ Վաղինակի</x:t>
   </x:si>
   <x:si>
     <x:t>Միրզախանյան Գագիկ Մարատի</x:t>
   </x:si>
   <x:si>
     <x:t>Ասատրյան Հովհաննես Դանիելի</x:t>
   </x:si>
   <x:si>
     <x:t>Խուրշուդյան Լալա Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարոյան Կարեն Մոսկովի</x:t>
   </x:si>
   <x:si>
+    <x:t>Գասպարյան Մխիթար Ժորայի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Վարդանյան Անժիկ Խաչիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Գրիգորյան Արմեն Գրիշայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Գասպարյան Մխիթար Ժորայի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Աղեկյան Ալբերտ Գագիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Խաչատրյան Արամ Աշոտի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ավետյան Նարինե Վանիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ղուկասյան Վերգինե Վահանի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Բադոյան Մերրի Դավիթի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ղազարյան Ալեքսան Նաիրիի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Համբարձումյան Սերգեյ Սամվելի</x:t>
   </x:si>
   <x:si>
-    <x:t>Բադոյան Մերրի Դավիթի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Լեվոնյան Կարեն Ալբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղալթախչյան Դավիթ Աղաբեկի</x:t>
   </x:si>
   <x:si>
     <x:t>Առաքելյան Լուսինե Շահենի</x:t>
   </x:si>
   <x:si>
+    <x:t>Պետրոսյան Վարդան Ռաֆիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մուրադյան Աիդա Միշայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ասատրյան Մերրի Հովհաննեսի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Սարդարյան Արտաշ Սարգսի</x:t>
   </x:si>
   <x:si>
     <x:t>Դավթյան Դավիթ Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Արշակյան Փիրուզա Էդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Թեհմինա Ավետիքի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հարությունյան Հասմիկ Գուրգենի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Դավթյան Եղիազար Խաչատուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արտաշես Կիմի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հակոբյան Լուսինե Համոյի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ավետիսյան Մկրտիչ Ալեքսանդրի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Շահեն Մայիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Երեմյան Աննա Հովհաննեսի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ուլիխանյան Ալբերտ Սամսոնի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Սահակյան Գայանե Երջանիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Մարգարյան Մարգարիտա Գառնիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Խոյեցյան Հովհաննես Արշալույսի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ուլիխանյան Ալբերտ Սամսոնի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Դավթյան Կարեն Լեվոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Զուրաբյան Արսեն Սուրիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Դարբինյան Աննա Ռուդիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ավետյան Արթուր Աշոտի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Թադեվոսյան Հովհաննես Ազիբեկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Գենջյան Լուսինե Սահակի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Գրիշկյան Աշխեն Գագիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Թադեվոսյան Հովհաննես Ազիբեկի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Վանյան Վռամ Վոլոդյայի</x:t>
   </x:si>
   <x:si>
     <x:t>Կոնինյան Կարեն Ռաֆայելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մաթեվոսյան Իրինա Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բերոյան Լեվոն Հովիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արփինե Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բարսեղյան Սվետլանա Սերյոժայի</x:t>
   </x:si>
   <x:si>
     <x:t>Այվազյան Հմայակ Գնունիի</x:t>
   </x:si>
   <x:si>
     <x:t>Վարդանյան Արթուր Ռուդոլֆի</x:t>
   </x:si>
   <x:si>
     <x:t>Մուրադյան Կարինե Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Ջեմինա Թոմասի</x:t>
   </x:si>
   <x:si>
     <x:t>Մուրադյան Նաթելլա Գուրգենի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մակասյան Բարսեղ Ալեքսանդրի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Չերքեզյան Արարատ Վանիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Դարբինյան Ռուդիկ Հովհաննեսի</x:t>
   </x:si>
   <x:si>
-    <x:t>Չերքեզյան Արարատ Վանիկի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Մաթեվոսյան Գոռ Ալբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Սաֆարյան Սեվակ Վարուժանի</x:t>
   </x:si>
   <x:si>
     <x:t>Նաղդալյան Հերմինե Նվերի</x:t>
   </x:si>
   <x:si>
     <x:t>Բադալյան Արմեն Մայիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Շուշանյան Կարինե Նիկոլայի</x:t>
   </x:si>
   <x:si>
+    <x:t>Առաքելյան Գոռ Ժիրայրի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Աթոյան Բաբկեն Աշոտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Առաքելյան Գոռ Ժիրայրի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Սարգսյան Հայկ Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Միրզոյան Մհեր Միշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Ալինա Արամայիսի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հովհաննիսյան Արամ Արսենի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սահակյան Մանյա Հրաչիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հովհաննիսյան Արամ Արսենի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Եգորյան Համբարձում Միսակի</x:t>
   </x:si>
   <x:si>
     <x:t>Գալոյան Վրեժ Նոդարի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արկադի Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովսեփյան Արմեն Համլետի</x:t>
   </x:si>
   <x:si>
+    <x:t>Սիմոնյան Հայաստան Ռոբերտի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ավագյան Արմեն Մհերի</x:t>
   </x:si>
   <x:si>
     <x:t>Գեվորգյան Կարինե Համլետի</x:t>
   </x:si>
   <x:si>
-    <x:t>Սիմոնյան Հայաստան Ռոբերտի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Մադաթյան Անահիտ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մեհրաբյան Գագիկ Սիմոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարգսյան Մերի Լյովայի</x:t>
   </x:si>
   <x:si>
     <x:t>Բաղդասարյան Ստեփան Վաղարշակի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մարտիրոսյան Թեհմինե Մարտիրոսի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սալարձորցյան Խաչատուր Համբարձումի</x:t>
   </x:si>
   <x:si>
     <x:t>Դավթյան Անի Խաչատուրի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մարտիրոսյան Թեհմինե Մարտիրոսի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Կիրակոսյան Արաքսյա Անդրանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Խնձրցյան Խաչատուր Ռուբենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Անդրանիկ Ռոբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտչյան Սեյրան Վովայի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հարությունյան Արմեն Ռուբենի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Մուրադյան Մամիկոն Զորիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Աբրեյան Հերմինե Մյասնիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հարությունյան Արմեն Ռուբենի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ղազարյան Տիգրան Լեռնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտչյան Վաղարշակ Հովհաննեսի</x:t>
   </x:si>
   <x:si>
     <x:t>Խոդիկյան Մարինա Արտուշի</x:t>
   </x:si>
   <x:si>
     <x:t>Առաքելյան Մարիամ Ավետիքի</x:t>
   </x:si>
   <x:si>
     <x:t>Թամազյան Սասուն Սերյոժայի</x:t>
   </x:si>
   <x:si>
+    <x:t>Սարուխանյան Արմեն Մելսիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ներսիսյան Անի Ռազմիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Սարուխանյան Արմեն Մելսիկի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մարգարյան Ներսես Կարապետի</x:t>
   </x:si>
   <x:si>
     <x:t>Էլբակյան Նազելի Ջիովանիի</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոսյան Աննա Արթուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Ստեփանյան Սմբատ Վարդգեսի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հակոբյան Աստղիկ Արայի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Եղիազարյան Կարեն Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Բիչախչյան Գայանե Ժորայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հակոբյան Աստղիկ Արայի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Թադեվոսյան Արկադի Պարույրի</x:t>
   </x:si>
   <x:si>
     <x:t>Նաջարյան Արթուր Խաչատուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Լիաննա Մհերի</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոսյան Գոռ Վանուշի</x:t>
   </x:si>
   <x:si>
+    <x:t>Թորոսյան Ռուզաննա Հրաչի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Թորոսյան Անի Մակբեթի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Համբարյան Տանյա Սամվելի</x:t>
   </x:si>
   <x:si>
-    <x:t>Թորոսյան Ռուզաննա Հրաչի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Անդրանիկյան Արմինե Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բակունց Մարինե Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Հարություն Արտուշի</x:t>
   </x:si>
   <x:si>
     <x:t>Հայրապետյան Անի Խաչատուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոսյան Կարեն Արտուշի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Նորայր Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Զաքարյան Ռոմա Հակոբի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարտիրոսյան Յուրիկ Սուրիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբյան Ռամելա Աշոտի</x:t>
   </x:si>
   <x:si>
+    <x:t>Բաբայան Արմինե Միշայի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մովսիսյան Արմինե Լյովայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հովհաննիսյան Տիգրան Ռաֆիկի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Խաչատրյան Ռուզաննա Հրանտի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Աղվան Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Կոստանյան Արամ Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Սենիքերիմյան Նարե Արայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մկրտչյան Մարիամ Սետրակի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սիմոնյան Գեվորգ Հայկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մարգարյան Հասմիկ Դավիթի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Հովհաննիսյան Վարդան Վիկտորի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մարգարյան Հասմիկ Դավիթի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հարությունյան Արկադի Հրանտի</x:t>
   </x:si>
   <x:si>
     <x:t>Փարսադանյան Դավիթ Գառնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Երեմյան Սաթենիկ Նորիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղարագյոզյան Մարինե Լեվոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Միսկարյան Մհեր Սուրենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ամիրաղյան Աննա Սարգսի</x:t>
   </x:si>
   <x:si>
     <x:t>Ազատյան Վարդան Վազգենի</x:t>
   </x:si>
   <x:si>
     <x:t>Բազինյան Յուրա Կամոյի</x:t>
   </x:si>
   <x:si>
     <x:t>Գեվորգյան Արման Վիկտորի</x:t>
   </x:si>
   <x:si>
     <x:t>Մուրադյան Սարգիս Սանեսարի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարգսյան Աիդա Արազբեկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մանուչարյան Մերինե Էլիզբարի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Օթարյան Մհեր Մերուժանի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սանթրոսյան Լիպարիտ Տիգրանի</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Օթարյան Մհեր Մերուժանի</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -1199,4592 +1166,4405 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E267"/>
+  <x:dimension ref="A1:E256"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E2" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E3" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E6" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E8" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E9" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E10" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E11" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E12" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E13" s="1">
-        <x:v>44912</x:v>
+        <x:v>45147</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E14" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E15" s="1">
-        <x:v>45147</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E16" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E17" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E18" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E19" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E20" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E21" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E22" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E23" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E24" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E25" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E26" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E27" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E28" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E29" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E30" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E31" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E32" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E33" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E34" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E35" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E36" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E37" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E38" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E39" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E40" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E41" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E42" s="1">
-        <x:v>44912</x:v>
+        <x:v>45469</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E43" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E44" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E45" s="1">
-        <x:v>45469</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E46" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E47" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E48" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E49" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E50" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E51" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E52" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E53" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E54" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E55" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E56" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E57" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E58" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E59" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E60" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E61" s="1">
-        <x:v>44912</x:v>
+        <x:v>45013</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E62" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E63" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E64" s="1">
-        <x:v>45013</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E65" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E66" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E67" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E68" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E69" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E70" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E71" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E72" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E73" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E74" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E75" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E76" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E77" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E78" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E79" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E80" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E81" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E82" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E83" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E84" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E85" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E86" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E87" s="1">
-        <x:v>44912</x:v>
+        <x:v>45156</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E88" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E89" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E90" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E91" s="1">
-        <x:v>45156</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E92" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E93" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E94" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E95" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E96" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E97" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E98" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E99" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E100" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E101" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E102" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E103" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E104" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E105" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E106" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E107" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E108" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E109" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E110" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E111" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E112" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E113" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E114" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E115" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E116" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E117" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E118" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E119" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E120" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E121" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E122" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E123" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E124" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E125" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E126" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E127" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E128" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E129" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E130" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E131" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E132" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E133" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E134" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E135" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E136" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E137" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E138" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E139" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E140" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E141" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E142" s="1">
-        <x:v>44912</x:v>
+        <x:v>45975</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E143" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E144" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E145" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E146" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E147" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E148" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E149" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E150" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E151" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E152" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E153" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E154" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E155" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E156" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E157" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E158" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E159" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E160" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E161" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E162" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E163" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E164" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E165" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E166" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E167" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E168" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E169" s="1">
-        <x:v>44912</x:v>
+        <x:v>36618</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E170" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E171" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E172" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E173" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E174" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E175" s="1">
-        <x:v>36618</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E176" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E177" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E178" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E179" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E180" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E181" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E182" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E183" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E184" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E185" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E186" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E187" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E188" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E189" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E190" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E191" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E192" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E193" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E194" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E195" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E196" s="1">
-        <x:v>44912</x:v>
+        <x:v>45611</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E197" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E198" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E199" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E200" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E201" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E202" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E203" s="1">
-        <x:v>45611</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E204" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E205" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E206" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E207" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E208" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E209" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E210" s="1">
-        <x:v>44912</x:v>
+        <x:v>45833</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E211" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E212" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E213" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E214" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E215" s="1">
-        <x:v>44912</x:v>
+        <x:v>45156</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E216" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E217" s="1">
-        <x:v>45833</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E218" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E219" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E220" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E221" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E222" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E223" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E224" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E225" s="1">
-        <x:v>45156</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E226" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E227" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E228" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E229" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E230" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E231" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E232" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E233" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E234" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E235" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E236" s="1">
-        <x:v>44912</x:v>
+        <x:v>45135</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E237" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E238" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E239" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E240" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E241" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E242" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E243" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E244" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E245" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E246" s="1">
-        <x:v>45135</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E247" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E248" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E249" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E250" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E251" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E252" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E253" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E254" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E255" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E256" s="1">
-        <x:v>44912</x:v>
-[...185 lines deleted...]
-      <x:c r="E267" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>