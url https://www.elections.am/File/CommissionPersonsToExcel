--- v1 (2025-11-27)
+++ v2 (2026-01-11)
@@ -1,209 +1,218 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd6e25c6b4c4976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3be3c73211be43499172214f4a1fc258.psmdcp" Id="R989970572c2e4cd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R117d44340b594c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d51cab410b984483a7a640cf77117991.psmdcp" Id="Rb30d7c4b7bcd43d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Կազմեր" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="277">
   <x:si>
     <x:t>ԸԸՀ</x:t>
   </x:si>
   <x:si>
     <x:t>ազգանուն, անուն, հայրանուն</x:t>
   </x:si>
   <x:si>
     <x:t>պաշտոն</x:t>
   </x:si>
   <x:si>
     <x:t>սեռ</x:t>
   </x:si>
   <x:si>
     <x:t>ակտիվացման ա/թ</x:t>
   </x:si>
   <x:si>
     <x:t>Մովսիսյան Արթուր Սամվելի</x:t>
   </x:si>
   <x:si>
+    <x:t>նախագահ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Արական</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Թորոսյան Աշոտ Տիգրանի</x:t>
+  </x:si>
+  <x:si>
     <x:t>տեղակալ</x:t>
   </x:si>
   <x:si>
-    <x:t>Արական</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մարտիրոսյան Սեդա Տիգրանի</x:t>
   </x:si>
   <x:si>
     <x:t>քարտուղար</x:t>
   </x:si>
   <x:si>
     <x:t>Իգական</x:t>
   </x:si>
   <x:si>
+    <x:t>Հովսեփյան Հասմիկ Սուրիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>անդամ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Խաչատրյան Գայանե Երանիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Գալստյան Տիգրան Հովհաննեսի</x:t>
   </x:si>
   <x:si>
-    <x:t>անդամ</x:t>
-[...8 lines deleted...]
-    <x:t>Խաչատրյան Գայանե Երանիկի</x:t>
+    <x:t>Թադեվոսյան Տիգրան Սասունիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Սահակյան Գարիկ Գեվորգի</x:t>
   </x:si>
   <x:si>
     <x:t>Կարապետյան Աղավնի Մակբետի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Լուսինե Արամի</x:t>
   </x:si>
   <x:si>
     <x:t>Կարապետյան Ռուդիկ Հենրիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Բաղդասարյան Գեվորգ Աշոտի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Վլասյան Վարդան Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Շառոյան Նելլի Արծվիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մանուկյան Լիլիթ Մարտինի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Զեյնալյան Վանուշ Հովսեփի</x:t>
   </x:si>
   <x:si>
-    <x:t>նախագահ</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Բարսեղյան Արթուր Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Համբարձումյան Անի Մորիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Վարդանյան Կարինե Ավետիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Սիրանուշ Էդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Արայիկ Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Բորիս Լեվի</x:t>
   </x:si>
   <x:si>
     <x:t>Բալասանյան Դավիթ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Գայանե Ռոլանդի</x:t>
   </x:si>
   <x:si>
     <x:t>Արզիկյան Ելիզավետա Արշակի</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբյան Արմեն Աշոտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Շաբոյան Գոհար Հակոբի</x:t>
+    <x:t>Խաչատրյան Արամ Աշոտի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Մանուչարյան Մարատ Լաերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Մելինե Մանվելի</x:t>
   </x:si>
   <x:si>
-    <x:t>Բակլաչյան Արշավիր Մարատի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մարտիրոսյան Մխիթար Ռոստոմի</x:t>
   </x:si>
   <x:si>
     <x:t>Հոբոսյան Լիլիթ Լավրենտիի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչիկյան Մարինե Հրայրի</x:t>
   </x:si>
   <x:si>
     <x:t>Բադալյան Հրանտ Սիմոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Սաֆարյան Սուրեն Արամի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Հասմիկ Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտումյան Աննա Հրաչիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարգսյան Սոնա Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Աղամյան Մարիաննա Անուշավանի</x:t>
   </x:si>
   <x:si>
+    <x:t>Աթոյան Լիլիթ Սամվելի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Մարգարյան Հռիփսիմե Աշոտի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Գալստյան Սեվակ Կորյունի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մելքոնյան Արթուր Հրաչիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոսյան Արմեն Գրիշայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Աթոյան Լիլիթ Սամվելի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Սաֆարյան Արտյոմ Արտակի</x:t>
   </x:si>
   <x:si>
     <x:t>Նավոյան Արեվիկ Արմենակի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Մարիամ Արտաշի</x:t>
   </x:si>
   <x:si>
     <x:t>Զեյնալյան Տիգրան Վանուշի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղեվոնդյան Շուշանիկ Ասիլբեկի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Աշոտ Ռուդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Վահագն Տիգրանի</x:t>
   </x:si>
   <x:si>
     <x:t>Ավագյան Տաթեվ Նելսոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Մանգասարյան Անրի Ռոմիկի</x:t>
@@ -415,135 +424,144 @@
   <x:si>
     <x:t>Միրզախանյան Գագիկ Մարատի</x:t>
   </x:si>
   <x:si>
     <x:t>Ասատրյան Հովհաննես Դանիելի</x:t>
   </x:si>
   <x:si>
     <x:t>Խուրշուդյան Լալա Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարոյան Կարեն Մոսկովի</x:t>
   </x:si>
   <x:si>
     <x:t>Գասպարյան Մխիթար Ժորայի</x:t>
   </x:si>
   <x:si>
     <x:t>Վարդանյան Անժիկ Խաչիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Արմեն Գրիշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Աղեկյան Ալբերտ Գագիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Համբարձումյան Սերգեյ Սամվելի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ավետյան Նարինե Վանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղուկասյան Վերգինե Վահանի</x:t>
   </x:si>
   <x:si>
     <x:t>Բադոյան Մերրի Դավիթի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Ալեքսան Նաիրիի</x:t>
   </x:si>
   <x:si>
-    <x:t>Համբարձումյան Սերգեյ Սամվելի</x:t>
+    <x:t>Սիրականյան Հայկ Մանվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Լեվոնյան Կարեն Ալբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղալթախչյան Դավիթ Աղաբեկի</x:t>
   </x:si>
   <x:si>
     <x:t>Առաքելյան Լուսինե Շահենի</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոսյան Վարդան Ռաֆիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հայրապետյան Կամո Յուրիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Կարապետյան Եղիսաբեթ Նորիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մուրադյան Աիդա Միշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարդարյան Արտաշ Սարգսի</x:t>
   </x:si>
   <x:si>
     <x:t>Դավթյան Դավիթ Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Արշակյան Փիրուզա Էդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Թեհմինա Ավետիքի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հակոբյան Լուսինե Համոյի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Դավթյան Եղիազար Խաչատուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արտաշես Կիմի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հակոբյան Լուսինե Համոյի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ավետիսյան Մկրտիչ Ալեքսանդրի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Շահեն Մայիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Երեմյան Աննա Հովհաննեսի</x:t>
   </x:si>
   <x:si>
     <x:t>Ուլիխանյան Ալբերտ Սամսոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Սահակյան Գայանե Երջանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարգարյան Մարգարիտա Գառնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Խոյեցյան Հովհաննես Արշալույսի</x:t>
   </x:si>
   <x:si>
     <x:t>Դավթյան Կարեն Լեվոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Զուրաբյան Արսեն Սուրիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Դարբինյան Աննա Ռուդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ավետյան Արթուր Աշոտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Թադեվոսյան Հովհաննես Ազիբեկի</x:t>
+    <x:t>Թադեվոսյան Հովհաննես Ազիզբեկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գենջյան Լուսինե Սահակի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիշկյան Աշխեն Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Վանյան Վռամ Վոլոդյայի</x:t>
   </x:si>
   <x:si>
     <x:t>Կոնինյան Կարեն Ռաֆայելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մաթեվոսյան Իրինա Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բերոյան Լեվոն Հովիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արփինե Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բարսեղյան Սվետլանա Սերյոժայի</x:t>
   </x:si>
@@ -559,252 +577,267 @@
   <x:si>
     <x:t>Հարությունյան Ջեմինա Թոմասի</x:t>
   </x:si>
   <x:si>
     <x:t>Մուրադյան Նաթելլա Գուրգենի</x:t>
   </x:si>
   <x:si>
     <x:t>Մակասյան Բարսեղ Ալեքսանդրի</x:t>
   </x:si>
   <x:si>
     <x:t>Չերքեզյան Արարատ Վանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Դարբինյան Ռուդիկ Հովհաննեսի</x:t>
   </x:si>
   <x:si>
     <x:t>Մաթեվոսյան Գոռ Ալբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Սաֆարյան Սեվակ Վարուժանի</x:t>
   </x:si>
   <x:si>
     <x:t>Նաղդալյան Հերմինե Նվերի</x:t>
   </x:si>
   <x:si>
+    <x:t>Շուշանյան Կարինե Նիկոլայի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Առաքելյան Գոռ Ժիրայրի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Բադալյան Արմեն Մայիսի</x:t>
   </x:si>
   <x:si>
-    <x:t>Շուշանյան Կարինե Նիկոլայի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Աթոյան Բաբկեն Աշոտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Սարգսյան Հայկ Ռաֆիկի</x:t>
+    <x:t>Հովհաննիսյան Արամ Արսենի</x:t>
   </x:si>
   <x:si>
     <x:t>Միրզոյան Մհեր Միշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Ալինա Արամայիսի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հովհաննիսյան Արամ Արսենի</x:t>
-[...2 lines deleted...]
-    <x:t>Սահակյան Մանյա Հրաչիկի</x:t>
+    <x:t>Գեվորգյան Գոռ Համլետի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Արսենյան Վարդուհի Անդրանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Եգորյան Համբարձում Միսակի</x:t>
   </x:si>
   <x:si>
+    <x:t>Համբարձումյան Լիլիթ Տիգրանի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Գալոյան Վրեժ Նոդարի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արկադի Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովսեփյան Արմեն Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Սիմոնյան Հայաստան Ռոբերտի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հովհաննիսյան Զարուհի Արամայիսի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ավագյան Արմեն Մհերի</x:t>
   </x:si>
   <x:si>
     <x:t>Գեվորգյան Կարինե Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Մադաթյան Անահիտ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մեհրաբյան Գագիկ Սիմոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարգսյան Մերի Լյովայի</x:t>
   </x:si>
   <x:si>
     <x:t>Բաղդասարյան Ստեփան Վաղարշակի</x:t>
   </x:si>
   <x:si>
+    <x:t>Սալարձորցյան Խաչատուր Համբարձումի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Դավթյան Անի Խաչատուրի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մարտիրոսյան Թեհմինե Մարտիրոսի</x:t>
   </x:si>
   <x:si>
-    <x:t>Սալարձորցյան Խաչատուր Համբարձումի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Կիրակոսյան Արաքսյա Անդրանիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Խնձրցյան Խաչատուր Ռուբենի</x:t>
+    <x:t>Հարությունյան Արմեն Ռուբենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Անդրանիկ Ռոբերտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մկրտչյան Սեյրան Վովայի</x:t>
-[...2 lines deleted...]
-    <x:t>Հարությունյան Արմեն Ռուբենի</x:t>
+    <x:t>Աբրեյան Հերմինե Մյասնիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ղազարյան Նարինե Սարգսի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Մեքինյան Սարգիս Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մուրադյան Մամիկոն Զորիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Աբրեյան Հերմինե Մյասնիկի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ղազարյան Տիգրան Լեռնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտչյան Վաղարշակ Հովհաննեսի</x:t>
   </x:si>
   <x:si>
     <x:t>Խոդիկյան Մարինա Արտուշի</x:t>
   </x:si>
   <x:si>
     <x:t>Առաքելյան Մարիամ Ավետիքի</x:t>
   </x:si>
   <x:si>
     <x:t>Թամազյան Սասուն Սերյոժայի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարուխանյան Արմեն Մելսիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ներսիսյան Անի Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարգարյան Ներսես Կարապետի</x:t>
   </x:si>
   <x:si>
-    <x:t>Էլբակյան Նազելի Ջիովանիի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Պետրոսյան Աննա Արթուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Ստեփանյան Սմբատ Վարդգեսի</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբյան Աստղիկ Արայի</x:t>
   </x:si>
   <x:si>
+    <x:t>Արտոյան Անահիտ Սեյրանի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Եղիազարյան Կարեն Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Բիչախչյան Գայանե Ժորայի</x:t>
   </x:si>
   <x:si>
     <x:t>Թադեվոսյան Արկադի Պարույրի</x:t>
   </x:si>
   <x:si>
-    <x:t>Նաջարյան Արթուր Խաչատուրի</x:t>
+    <x:t>Հովհաննիսյան Վաղինակ Արամի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Լիաննա Մհերի</x:t>
   </x:si>
   <x:si>
-    <x:t>Պետրոսյան Գոռ Վանուշի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Թորոսյան Ռուզաննա Հրաչի</x:t>
   </x:si>
   <x:si>
     <x:t>Թորոսյան Անի Մակբեթի</x:t>
   </x:si>
   <x:si>
     <x:t>Համբարյան Տանյա Սամվելի</x:t>
   </x:si>
   <x:si>
+    <x:t>Խաչատրյան Սարգիս Արհեստակի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Անդրանիկյան Արմինե Գագիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Գասպարյան Դավիթ Անդրանիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Բակունց Մարինե Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Հարություն Արտուշի</x:t>
   </x:si>
   <x:si>
+    <x:t>Գրիգորյան Նորայր Աշոտի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ավագյան Տաթեվիկ Մանվելի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Հայրապետյան Անի Խաչատուրի</x:t>
   </x:si>
   <x:si>
-    <x:t>Պետրոսյան Կարեն Արտուշի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Զաքարյան Ռոմա Հակոբի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մարտիրոսյան Յուրիկ Սուրիկի</x:t>
+    <x:t>Ավետիսյան Սեյրան Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբյան Ռամելա Աշոտի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հարությունյան Էդգար Յուրիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Բաբայան Արմինե Միշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Մովսիսյան Արմինե Լյովայի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Ռուզաննա Հրանտի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Աղվան Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Կոստանյան Արամ Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Սենիքերիմյան Նարե Արայի</x:t>
   </x:si>
   <x:si>
     <x:t>Սիմոնյան Գեվորգ Հայկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարգարյան Հասմիկ Դավիթի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Դավթյան Սրբուհի Ժորժիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Վարդան Վիկտորի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Արկադի Հրանտի</x:t>
   </x:si>
   <x:si>
     <x:t>Փարսադանյան Դավիթ Գառնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Երեմյան Սաթենիկ Նորիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղարագյոզյան Մարինե Լեվոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Միսկարյան Մհեր Սուրենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ամիրաղյան Աննա Սարգսի</x:t>
   </x:si>
   <x:si>
     <x:t>Ազատյան Վարդան Վազգենի</x:t>
   </x:si>
@@ -1166,4405 +1199,4589 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E256"/>
+  <x:dimension ref="A1:E267"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E2" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E3" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E5" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E6" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E7" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E8" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E9" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E10" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E11" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E12" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E13" s="1">
-        <x:v>45147</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E14" s="1">
-        <x:v>44912</x:v>
+        <x:v>45147</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E15" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E16" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E17" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E18" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E19" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E20" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E21" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E22" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E23" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E24" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E25" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E26" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E27" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E29" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E30" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E31" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E32" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E33" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E34" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E35" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E36" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E37" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E38" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E39" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E40" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E41" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E42" s="1">
-        <x:v>45469</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E43" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E44" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E45" s="1">
-        <x:v>44912</x:v>
+        <x:v>45469</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E46" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E47" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E48" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E49" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E50" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E51" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E52" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E53" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E54" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E55" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E56" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E57" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E58" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E59" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E60" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E61" s="1">
-        <x:v>45013</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E62" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E63" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E64" s="1">
-        <x:v>44912</x:v>
+        <x:v>45013</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E65" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E66" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E67" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E68" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E69" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E70" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E71" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E72" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E73" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E74" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E75" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E76" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E77" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E78" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E79" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E80" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E81" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E82" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E83" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E84" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E85" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E86" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E87" s="1">
-        <x:v>45156</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E88" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E89" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E90" s="1">
-        <x:v>44912</x:v>
+        <x:v>45156</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E91" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E92" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E93" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E94" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E95" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E96" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E97" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E98" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E99" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E100" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E101" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E102" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E103" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E104" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E105" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E106" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E107" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E108" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E109" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E110" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E111" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E112" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E113" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E114" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E115" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E116" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E117" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E118" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E119" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E120" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E121" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E122" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E123" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E124" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E125" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E126" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E127" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E128" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E129" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E130" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E131" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E132" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E133" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E134" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E135" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E136" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E137" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E138" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E139" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E140" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E141" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E142" s="1">
-        <x:v>45975</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E143" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E144" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E145" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E146" s="1">
-        <x:v>44912</x:v>
+        <x:v>45975</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E147" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E148" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E149" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E150" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E151" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E152" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E153" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E154" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E155" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E156" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E157" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E158" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E159" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E160" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E161" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E162" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E163" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E164" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E165" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E166" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E167" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E168" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E169" s="1">
-        <x:v>36618</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E170" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E171" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E172" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E173" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E174" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E175" s="1">
-        <x:v>44912</x:v>
+        <x:v>45384</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E176" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E177" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E178" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E179" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E180" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E181" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E182" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E183" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E184" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E185" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E186" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E187" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E188" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E189" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E190" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E191" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E192" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E193" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E194" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E195" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E196" s="1">
-        <x:v>45611</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E197" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E198" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E199" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E200" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E201" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E202" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E203" s="1">
-        <x:v>44912</x:v>
+        <x:v>45611</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E204" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E205" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E206" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E207" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E208" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E209" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E210" s="1">
-        <x:v>45833</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E211" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E212" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E213" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E214" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E215" s="1">
-        <x:v>45156</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E216" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E217" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E218" s="1">
-        <x:v>44912</x:v>
+        <x:v>45833</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E219" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E220" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E221" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E222" s="1">
-        <x:v>44912</x:v>
+        <x:v>45156</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E223" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E224" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E225" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E226" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E227" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E228" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E229" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E230" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E231" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E232" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E233" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E234" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E235" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E236" s="1">
-        <x:v>45135</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E237" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E238" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E239" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E240" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E241" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E242" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E243" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E244" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E245" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E246" s="1">
-        <x:v>44912</x:v>
+        <x:v>45135</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E247" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E248" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E249" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E250" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E251" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E252" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E253" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E254" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E255" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E256" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="257" spans="1:5">
+      <x:c r="A257" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B257" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C257" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D257" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E257" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="258" spans="1:5">
+      <x:c r="A258" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B258" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C258" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D258" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E258" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="259" spans="1:5">
+      <x:c r="A259" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B259" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C259" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D259" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E259" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="260" spans="1:5">
+      <x:c r="A260" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B260" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C260" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D260" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E260" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="261" spans="1:5">
+      <x:c r="A261" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B261" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C261" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D261" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E261" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="262" spans="1:5">
+      <x:c r="A262" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B262" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C262" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D262" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E262" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="263" spans="1:5">
+      <x:c r="A263" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B263" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C263" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D263" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E263" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="264" spans="1:5">
+      <x:c r="A264" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B264" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C264" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D264" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E264" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="265" spans="1:5">
+      <x:c r="A265" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B265" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C265" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D265" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E265" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="266" spans="1:5">
+      <x:c r="A266" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B266" s="0" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C266" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D266" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E266" s="1">
+        <x:v>44912</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="267" spans="1:5">
+      <x:c r="A267" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B267" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C267" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D267" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E267" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>