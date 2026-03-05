--- v2 (2026-01-11)
+++ v3 (2026-03-05)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R117d44340b594c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d51cab410b984483a7a640cf77117991.psmdcp" Id="Rb30d7c4b7bcd43d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbcc17a5b4f43dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26c986ced22d48c68a20729dc559f6fe.psmdcp" Id="Rbc49f5cded74452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Կազմեր" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="277">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="276">
   <x:si>
     <x:t>ԸԸՀ</x:t>
   </x:si>
   <x:si>
     <x:t>ազգանուն, անուն, հայրանուն</x:t>
   </x:si>
   <x:si>
     <x:t>պաշտոն</x:t>
   </x:si>
   <x:si>
     <x:t>սեռ</x:t>
   </x:si>
   <x:si>
     <x:t>ակտիվացման ա/թ</x:t>
   </x:si>
   <x:si>
     <x:t>Մովսիսյան Արթուր Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>նախագահ</x:t>
   </x:si>
   <x:si>
     <x:t>Արական</x:t>
   </x:si>
   <x:si>
@@ -106,134 +106,134 @@
   <x:si>
     <x:t>Մանուկյան Լիլիթ Մարտինի</x:t>
   </x:si>
   <x:si>
     <x:t>Զեյնալյան Վանուշ Հովսեփի</x:t>
   </x:si>
   <x:si>
     <x:t>Բարսեղյան Արթուր Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Համբարձումյան Անի Մորիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Վարդանյան Կարինե Ավետիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Սիրանուշ Էդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Արայիկ Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Բորիս Լեվի</x:t>
   </x:si>
   <x:si>
-    <x:t>Բալասանյան Դավիթ Սամվելի</x:t>
+    <x:t>Խաչատրյան Արամ Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Գայանե Ռոլանդի</x:t>
   </x:si>
   <x:si>
     <x:t>Արզիկյան Ելիզավետա Արշակի</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբյան Արմեն Աշոտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Խաչատրյան Արամ Աշոտի</x:t>
+    <x:t>Հարությունյան Մելինե Մանվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մանուչարյան Մարատ Լաերտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հարությունյան Մելինե Մանվելի</x:t>
+    <x:t>Հայրապետյան Սոնա Կարապետի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարտիրոսյան Մխիթար Ռոստոմի</x:t>
   </x:si>
   <x:si>
     <x:t>Հոբոսյան Լիլիթ Լավրենտիի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչիկյան Մարինե Հրայրի</x:t>
   </x:si>
   <x:si>
     <x:t>Բադալյան Հրանտ Սիմոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Սաֆարյան Սուրեն Արամի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Հասմիկ Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտումյան Աննա Հրաչիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարգսյան Սոնա Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Աղամյան Մարիաննա Անուշավանի</x:t>
   </x:si>
   <x:si>
     <x:t>Աթոյան Լիլիթ Սամվելի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մելքոնյան Արթուր Հրաչիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Պետրոսյան Արմեն Գրիշայի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մարգարյան Հռիփսիմե Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Գալստյան Սեվակ Կորյունի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մելքոնյան Արթուր Հրաչիկի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Սաֆարյան Արտյոմ Արտակի</x:t>
   </x:si>
   <x:si>
     <x:t>Նավոյան Արեվիկ Արմենակի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Մարիամ Արտաշի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ղեվոնդյան Շուշանիկ Ասիլբեկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Գրիգորյան Վահագն Տիգրանի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Այվազյան Արսեն Միքայելի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Զեյնալյան Տիգրան Վանուշի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ղեվոնդյան Շուշանիկ Ասիլբեկի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ավագյան Տաթեվ Նելսոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Մանգասարյան Անրի Ռոմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտչյան Մարինե Սուրենի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Խաչատուր Մանուկի</x:t>
   </x:si>
   <x:si>
     <x:t>Էժդարյան Սարգիս Արթուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Լիլիթ Հարությունի</x:t>
   </x:si>
   <x:si>
     <x:t>Քիշմիրյան Կարինե Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Տերտերյան Եղիշ Գառնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գեվորգյան Արմենուհի Ռոբերտի</x:t>
@@ -265,416 +265,413 @@
   <x:si>
     <x:t>Կնյազյան Հերմինե Անդրանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Աբգարյան Մարգարիտ Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Թորոսյան Հակոբ Անուշավանի</x:t>
   </x:si>
   <x:si>
     <x:t>Օսիպյան Արթուր Կառլենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ուրֆալյան Հովհաննես Մկրտչի</x:t>
   </x:si>
   <x:si>
     <x:t>Մանուկյան Մարտուն Ստեփանի</x:t>
   </x:si>
   <x:si>
     <x:t>Ազատյան Արմենուհի Արմենի</x:t>
   </x:si>
   <x:si>
     <x:t>Այվազյան Լիանա Լեվոնի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մարտիրոսյան Յուրի Վարդանի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ստեփանյան Աննա Արշակի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ահարոնյան Ռուզաննա Գեղամի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ստեփանյան Աննա Արշակի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ասատրյան Տաթեվիկ Համբարձումի</x:t>
   </x:si>
   <x:si>
+    <x:t>Սարգսյան Արթուր Միշայի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ցականյան Սարգիս Սպարտակի</x:t>
   </x:si>
   <x:si>
+    <x:t>Խաչատրյան Մանիկ Սոսի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Առաքելյան Հայկազ Արամի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սիմոնյան Լիլիթ Հակոբի</x:t>
   </x:si>
   <x:si>
-    <x:t>Առաքելյան Հայկազ Արամի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Կոստանյան Մարիամ Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ստեփանյան Հրաչյա Ստեփանի</x:t>
   </x:si>
   <x:si>
     <x:t>Զաքարյան Արտակ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մովսիսյան Աննա Տիգրանի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մալխասյան Արմինե Մելիքսեթի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Քոչարյան Լիլիթ Լիպարիտի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Մուշեղ Հայրիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Պողոսյան Արսեն Ժորայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մալխասյան Արմինե Մելիքսեթի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Նազարյան Գրիգոր Արշամի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Գառնիկ Սաշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Դանիելյան Ծովինար Մհերի</x:t>
   </x:si>
   <x:si>
+    <x:t>Սարգսյան Մարգարիտ Ալբերտի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սիմոնյան Սուրեն Գագիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ստեփանյան Զարուհի Ռադիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մկրտչյան Տաթեվիկ Համլետի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ստեփանյան Զարուհի Ռադիկի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Հովհաննիսյան Մարատ Միհրանի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղորղանյան Արշակ Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Իսկանդարյան Հռիփսիմե Թովմասի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հարությունյան Գայանե Գուրգենի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Աբրահամյան Մերուժան Վազգենի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Հայրապետյան Լիանա Հրաչյայի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Գալոյան Արմինե Ռուբենի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հարությունյան Գայանե Գուրգենի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Հովհաննիսյան Գոռ Լենդրուշի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արման Խաչատուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Լիաննա Ռուբենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղորղանյան Նեյլի Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Արամ Կառլենի</x:t>
   </x:si>
   <x:si>
     <x:t>Համբարձումյան Ռոբերտ Մկրտիչի</x:t>
   </x:si>
   <x:si>
     <x:t>Հայրապետյան Հրաչուհի Հրաչյայի</x:t>
   </x:si>
   <x:si>
     <x:t>Թադեվոսյան Ռազմիկ Սարգսի</x:t>
   </x:si>
   <x:si>
     <x:t>Փարվանյան Արթուր Ժորայի</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոսյան Զեմֆիրա Արամայիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Մորիկյան Մարինե Էդուարդի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ազատյան Անժելա Աշոտի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Պապիկյան Գարեգին Ռուբենի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ազատյան Անժելա Աշոտի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հովհաննիսյան Արտավազդ Վաղինակի</x:t>
   </x:si>
   <x:si>
     <x:t>Միրզախանյան Գագիկ Մարատի</x:t>
   </x:si>
   <x:si>
     <x:t>Ասատրյան Հովհաննես Դանիելի</x:t>
   </x:si>
   <x:si>
     <x:t>Խուրշուդյան Լալա Ռազմիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Գրիգորյան Արմեն Գրիշայի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սարոյան Կարեն Մոսկովի</x:t>
   </x:si>
   <x:si>
     <x:t>Գասպարյան Մխիթար Ժորայի</x:t>
   </x:si>
   <x:si>
     <x:t>Վարդանյան Անժիկ Խաչիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Գրիգորյան Արմեն Գրիշայի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Աղեկյան Ալբերտ Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Համբարձումյան Սերգեյ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Ավետյան Նարինե Վանիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Սիրականյան Հայկ Մանվելի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ղուկասյան Վերգինե Վահանի</x:t>
   </x:si>
   <x:si>
     <x:t>Բադոյան Մերրի Դավիթի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Ալեքսան Նաիրիի</x:t>
   </x:si>
   <x:si>
-    <x:t>Սիրականյան Հայկ Մանվելի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Լեվոնյան Կարեն Ալբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղալթախչյան Դավիթ Աղաբեկի</x:t>
   </x:si>
   <x:si>
     <x:t>Առաքելյան Լուսինե Շահենի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մուրադյան Աիդա Միշայի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Հայրապետյան Կամո Յուրիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Կարապետյան Եղիսաբեթ Նորիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Պետրոսյան Վարդան Ռաֆիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հայրապետյան Կամո Յուրիկի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Սարդարյան Արտաշ Սարգսի</x:t>
   </x:si>
   <x:si>
     <x:t>Դավթյան Դավիթ Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Արշակյան Փիրուզա Էդիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղազարյան Թեհմինա Ավետիքի</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբյան Լուսինե Համոյի</x:t>
   </x:si>
   <x:si>
     <x:t>Դավթյան Եղիազար Խաչատուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արտաշես Կիմի</x:t>
   </x:si>
   <x:si>
     <x:t>Ավետիսյան Մկրտիչ Ալեքսանդրի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Շահեն Մայիսի</x:t>
   </x:si>
   <x:si>
     <x:t>Երեմյան Աննա Հովհաննեսի</x:t>
   </x:si>
   <x:si>
+    <x:t>Խոյեցյան Հովհաննես Արշալույսի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ուլիխանյան Ալբերտ Սամսոնի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մարգարյան Մարգարիտա Գառնիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սահակյան Գայանե Երջանիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մարգարյան Մարգարիտա Գառնիկի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Դավթյան Կարեն Լեվոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Զուրաբյան Արսեն Սուրիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Դարբինյան Աննա Ռուդիկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Գրիշկյան Աշխեն Գագիկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Թադեվոսյան Հովհաննես Ազիզբեկի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Գենջյան Լուսինե Սահակի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ավետյան Արթուր Աշոտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Թադեվոսյան Հովհաննես Ազիզբեկի</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Վանյան Վռամ Վոլոդյայի</x:t>
   </x:si>
   <x:si>
     <x:t>Կոնինյան Կարեն Ռաֆայելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մաթեվոսյան Իրինա Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բերոյան Լեվոն Հովիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արփինե Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բարսեղյան Սվետլանա Սերյոժայի</x:t>
   </x:si>
   <x:si>
     <x:t>Այվազյան Հմայակ Գնունիի</x:t>
   </x:si>
   <x:si>
     <x:t>Վարդանյան Արթուր Ռուդոլֆի</x:t>
   </x:si>
   <x:si>
     <x:t>Մուրադյան Կարինե Ռաֆիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Ջեմինա Թոմասի</x:t>
   </x:si>
   <x:si>
     <x:t>Մուրադյան Նաթելլա Գուրգենի</x:t>
   </x:si>
   <x:si>
+    <x:t>Դարբինյան Ռուդիկ Հովհաննեսի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Չերքեզյան Արարատ Վանիկի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մակասյան Բարսեղ Ալեքսանդրի</x:t>
   </x:si>
   <x:si>
-    <x:t>Չերքեզյան Արարատ Վանիկի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Մաթեվոսյան Գոռ Ալբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Սաֆարյան Սեվակ Վարուժանի</x:t>
   </x:si>
   <x:si>
     <x:t>Նաղդալյան Հերմինե Նվերի</x:t>
   </x:si>
   <x:si>
+    <x:t>Բադալյան Արմեն Մայիսի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Շուշանյան Կարինե Նիկոլայի</x:t>
   </x:si>
   <x:si>
+    <x:t>Աթոյան Բաբկեն Աշոտի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Առաքելյան Գոռ Ժիրայրի</x:t>
   </x:si>
   <x:si>
-    <x:t>Բադալյան Արմեն Մայիսի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Հովհաննիսյան Արամ Արսենի</x:t>
   </x:si>
   <x:si>
     <x:t>Միրզոյան Մհեր Միշայի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Ալինա Արամայիսի</x:t>
   </x:si>
   <x:si>
+    <x:t>Եգորյան Համբարձում Միսակի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Գեվորգյան Գոռ Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Արսենյան Վարդուհի Անդրանիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Եգորյան Համբարձում Միսակի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Գալոյան Վրեժ Նոդարի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Արկադի Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովսեփյան Արմեն Համլետի</x:t>
   </x:si>
   <x:si>
+    <x:t>Ավագյան Արմեն Մհերի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Գեվորգյան Կարինե Համլետի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Սիմոնյան Հայաստան Ռոբերտի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Զարուհի Արամայիսի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ավագյան Արմեն Մհերի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Մադաթյան Անահիտ Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Մեհրաբյան Գագիկ Սիմոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարգսյան Մերի Լյովայի</x:t>
   </x:si>
   <x:si>
     <x:t>Բաղդասարյան Ստեփան Վաղարշակի</x:t>
   </x:si>
   <x:si>
     <x:t>Սալարձորցյան Խաչատուր Համբարձումի</x:t>
   </x:si>
   <x:si>
     <x:t>Դավթյան Անի Խաչատուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարտիրոսյան Թեհմինե Մարտիրոսի</x:t>
   </x:si>
   <x:si>
     <x:t>Կիրակոսյան Արաքսյա Անդրանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Արմեն Ռուբենի</x:t>
@@ -697,192 +694,192 @@
   <x:si>
     <x:t>Ղազարյան Տիգրան Լեռնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մկրտչյան Վաղարշակ Հովհաննեսի</x:t>
   </x:si>
   <x:si>
     <x:t>Խոդիկյան Մարինա Արտուշի</x:t>
   </x:si>
   <x:si>
     <x:t>Առաքելյան Մարիամ Ավետիքի</x:t>
   </x:si>
   <x:si>
     <x:t>Թամազյան Սասուն Սերյոժայի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարուխանյան Արմեն Մելսիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ներսիսյան Անի Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Մարգարյան Ներսես Կարապետի</x:t>
   </x:si>
   <x:si>
+    <x:t>Եղիազարյան Կարեն Սամվելի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Պետրոսյան Աննա Արթուրի</x:t>
   </x:si>
   <x:si>
     <x:t>Ստեփանյան Սմբատ Վարդգեսի</x:t>
   </x:si>
   <x:si>
+    <x:t>Բիչախչյան Գայանե Ժորայի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Հակոբյան Աստղիկ Արայի</x:t>
   </x:si>
   <x:si>
     <x:t>Արտոյան Անահիտ Սեյրանի</x:t>
   </x:si>
   <x:si>
-    <x:t>Եղիազարյան Կարեն Սամվելի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Թադեվոսյան Արկադի Պարույրի</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննիսյան Վաղինակ Արամի</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորյան Լիաննա Մհերի</x:t>
   </x:si>
   <x:si>
     <x:t>Թորոսյան Ռուզաննա Հրաչի</x:t>
   </x:si>
   <x:si>
     <x:t>Թորոսյան Անի Մակբեթի</x:t>
   </x:si>
   <x:si>
     <x:t>Համբարյան Տանյա Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչատրյան Սարգիս Արհեստակի</x:t>
   </x:si>
   <x:si>
     <x:t>Անդրանիկյան Արմինե Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Գասպարյան Դավիթ Անդրանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բակունց Մարինե Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հարությունյան Հարություն Արտուշի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հայրապետյան Անի Խաչատուրի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ավագյան Տաթեվիկ Մանվելի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Գրիգորյան Նորայր Աշոտի</x:t>
   </x:si>
   <x:si>
-    <x:t>Ավագյան Տաթեվիկ Մանվելի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Զաքարյան Ռոմա Հակոբի</x:t>
   </x:si>
   <x:si>
     <x:t>Ավետիսյան Սեյրան Ռազմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբյան Ռամելա Աշոտի</x:t>
   </x:si>
   <x:si>
+    <x:t>Մովսիսյան Արմինե Լյովայի</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Խաչատրյան Ռուզաննա Հրանտի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Հարությունյան Էդգար Յուրիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Բաբայան Արմինե Միշայի</x:t>
   </x:si>
   <x:si>
-    <x:t>Մովսիսյան Արմինե Լյովայի</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Հարությունյան Աղվան Համլետի</x:t>
   </x:si>
   <x:si>
     <x:t>Կոստանյան Արամ Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>Սենիքերիմյան Նարե Արայի</x:t>
   </x:si>
   <x:si>
     <x:t>Սիմոնյան Գեվորգ Հայկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Հովհաննիսյան Վարդան Վիկտորի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մարգարյան Հասմիկ Դավիթի</x:t>
   </x:si>
   <x:si>
     <x:t>Դավթյան Սրբուհի Ժորժիկի</x:t>
   </x:si>
   <x:si>
-    <x:t>Հովհաննիսյան Վարդան Վիկտորի</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հարությունյան Արկադի Հրանտի</x:t>
   </x:si>
   <x:si>
     <x:t>Փարսադանյան Դավիթ Գառնիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Երեմյան Սաթենիկ Նորիկի</x:t>
   </x:si>
   <x:si>
     <x:t>Ղարագյոզյան Մարինե Լեվոնի</x:t>
   </x:si>
   <x:si>
     <x:t>Միսկարյան Մհեր Սուրենի</x:t>
   </x:si>
   <x:si>
     <x:t>Ամիրաղյան Աննա Սարգսի</x:t>
   </x:si>
   <x:si>
     <x:t>Ազատյան Վարդան Վազգենի</x:t>
   </x:si>
   <x:si>
     <x:t>Բազինյան Յուրա Կամոյի</x:t>
   </x:si>
   <x:si>
     <x:t>Գեվորգյան Արման Վիկտորի</x:t>
   </x:si>
   <x:si>
     <x:t>Մուրադյան Սարգիս Սանեսարի</x:t>
   </x:si>
   <x:si>
     <x:t>Սարգսյան Աիդա Արազբեկի</x:t>
   </x:si>
   <x:si>
+    <x:t>Սանթրոսյան Լիպարիտ Տիգրանի</x:t>
+  </x:si>
+  <x:si>
     <x:t>Մանուչարյան Մերինե Էլիզբարի</x:t>
   </x:si>
   <x:si>
     <x:t>Օթարյան Մհեր Մերուժանի</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Սանթրոսյան Լիպարիտ Տիգրանի</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -1199,51 +1196,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E267"/>
+  <x:dimension ref="A1:E266"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="n">
         <x:v>1</x:v>
@@ -1593,51 +1590,51 @@
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E22" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E23" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E24" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>34</x:v>
@@ -1658,86 +1655,83 @@
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E26" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E27" s="1">
-        <x:v>46020</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="E29" s="1">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E30" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -1876,105 +1870,105 @@
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E39" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E40" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E41" s="1">
-        <x:v>46002</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E42" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E43" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E44" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>54</x:v>
@@ -1995,88 +1989,85 @@
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E46" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E47" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E48" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E50" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>60</x:v>
@@ -2488,187 +2479,184 @@
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E75" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E76" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E77" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E78" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E79" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E80" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E81" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="E82" s="1">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E83" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E84" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E85" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="0" t="n">
         <x:v>13</x:v>
@@ -2726,85 +2714,85 @@
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E89" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E90" s="1">
-        <x:v>45156</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E91" s="1">
-        <x:v>44912</x:v>
+        <x:v>45156</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E92" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E93" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="0" t="n">
         <x:v>14</x:v>
@@ -2828,68 +2816,68 @@
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E95" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E96" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E97" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E98" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="0" t="n">
         <x:v>14</x:v>
@@ -2964,68 +2952,68 @@
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E103" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E104" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E105" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E106" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="0" t="n">
         <x:v>16</x:v>
@@ -3202,68 +3190,68 @@
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E117" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E118" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E119" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E120" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="0" t="n">
         <x:v>18</x:v>
@@ -3338,68 +3326,68 @@
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E125" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E126" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E127" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E128" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="0" t="n">
         <x:v>19</x:v>
@@ -3423,105 +3411,105 @@
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E130" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E131" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E132" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E133" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E134" s="1">
-        <x:v>46002</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E135" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>145</x:v>
@@ -3542,102 +3530,102 @@
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E137" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E138" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E139" s="1">
         <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E140" s="1">
         <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E141" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E142" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="0" t="n">
         <x:v>21</x:v>
@@ -3797,85 +3785,85 @@
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E152" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E153" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E154" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E155" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E156" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="0" t="n">
         <x:v>23</x:v>
@@ -3899,102 +3887,102 @@
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E158" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E159" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E160" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E161" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E162" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E163" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="0" t="n">
         <x:v>24</x:v>
@@ -4256,68 +4244,68 @@
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E179" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E180" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E181" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E182" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="0" t="n">
         <x:v>26</x:v>
@@ -4378,589 +4366,589 @@
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E186" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E187" s="1">
-        <x:v>46020</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E188" s="1">
         <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E189" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E190" s="1">
-        <x:v>46002</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E191" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E192" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E193" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E194" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E195" s="1">
-        <x:v>46002</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E196" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E197" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E198" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E199" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E200" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E201" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E202" s="1">
-        <x:v>44912</x:v>
+        <x:v>45611</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E203" s="1">
-        <x:v>45611</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E204" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E205" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E206" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E207" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E208" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E209" s="1">
         <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E210" s="1">
-        <x:v>46020</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E211" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E212" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E213" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E214" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E215" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E216" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E217" s="1">
-        <x:v>44912</x:v>
+        <x:v>45833</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E218" s="1">
-        <x:v>45833</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E219" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E220" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
@@ -4973,147 +4961,147 @@
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E221" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E222" s="1">
-        <x:v>45156</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E223" s="1">
-        <x:v>46020</x:v>
+        <x:v>45156</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E224" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E225" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E226" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E227" s="1">
-        <x:v>46020</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E228" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E229" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
@@ -5123,357 +5111,357 @@
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E230" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E231" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E232" s="1">
-        <x:v>46020</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E233" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E234" s="1">
-        <x:v>46020</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E235" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E236" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E237" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E238" s="1">
-        <x:v>46002</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E239" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E240" s="1">
-        <x:v>44912</x:v>
+        <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E241" s="1">
-        <x:v>46002</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E242" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E243" s="1">
-        <x:v>46020</x:v>
+        <x:v>45135</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E244" s="1">
-        <x:v>44912</x:v>
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E245" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E246" s="1">
-        <x:v>45135</x:v>
+        <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E247" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E248" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E249" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E250" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="0" t="n">
         <x:v>36</x:v>
@@ -5488,300 +5476,283 @@
         <x:v>12</x:v>
       </x:c>
       <x:c r="E251" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E252" s="1">
         <x:v>46002</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E253" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E254" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E255" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E256" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E257" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E258" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E259" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E260" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E261" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E262" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E263" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E264" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E265" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E266" s="1">
-        <x:v>44912</x:v>
-[...15 lines deleted...]
-      <x:c r="E267" s="1">
         <x:v>44912</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>