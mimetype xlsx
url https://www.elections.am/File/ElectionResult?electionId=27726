--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0abde26e7c0c4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab0d34807b3d458ca5dc55c42bbfd11c.psmdcp" Id="Ra5c90d8fe55b48f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18eff3b99f1642dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20c993b903ed478784ae8804cf4c2845.psmdcp" Id="R21e20a7ca0b04238" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C87" i="2"/>
   <x:c r="D87" i="2"/>
   <x:c r="E87" i="2"/>
   <x:c r="F87" i="2"/>
   <x:c r="G87" i="2"/>
   <x:c r="H87" i="2"/>
   <x:c r="I87" i="2"/>