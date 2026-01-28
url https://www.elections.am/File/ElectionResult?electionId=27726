--- v1 (2025-12-05)
+++ v2 (2026-01-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18eff3b99f1642dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20c993b903ed478784ae8804cf4c2845.psmdcp" Id="R21e20a7ca0b04238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72a3e6d73864794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ecb0c29e26b942de92b9532ef196a686.psmdcp" Id="R7fc46e9f97f64e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C87" i="2"/>
   <x:c r="D87" i="2"/>
   <x:c r="E87" i="2"/>
   <x:c r="F87" i="2"/>
   <x:c r="G87" i="2"/>
   <x:c r="H87" i="2"/>
   <x:c r="I87" i="2"/>