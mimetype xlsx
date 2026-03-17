--- v2 (2026-01-28)
+++ v3 (2026-03-17)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72a3e6d73864794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ecb0c29e26b942de92b9532ef196a686.psmdcp" Id="R7fc46e9f97f64e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711a918cf1d54ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6199c9ba72e4099943d24e9433dba9f.psmdcp" Id="R280ac73298b64717" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C87" i="2"/>
   <x:c r="D87" i="2"/>
   <x:c r="E87" i="2"/>
   <x:c r="F87" i="2"/>
   <x:c r="G87" i="2"/>
   <x:c r="H87" i="2"/>
   <x:c r="I87" i="2"/>
   <x:c r="J87" i="2"/>
   <x:c r="K87" i="2"/>
   <x:c r="L87" i="2"/>
   <x:c r="M87" i="2"/>
   <x:c r="N87" i="2"/>
   <x:c r="O87" i="2"/>
   <x:c r="P87" i="2"/>
   <x:c r="Q87" i="2"/>
   <x:c r="R87" i="2"/>
   <x:c r="S87" i="2"/>
   <x:c r="T87" i="2"/>
   <x:c r="U87" i="2"/>
   <x:c r="V87" i="2"/>
   <x:c r="W87" i="2"/>
   <x:c r="X87" i="2"/>
   <x:c r="Y87" i="2"/>
 </x:calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>17-10-2021, Գյումրի համայնքի համամասնական ընտրակարգով ավագանու ընտություններ, Արդյունքներ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՀ ԿԵՆՏՐՈՆԱԿԱՆ ԸՆՏՐԱԿԱՆ ՀԱՆՁՆԱԺՈՂՈՎ</x:t>
   </x:si>
   <x:si>
     <x:t>ՏԸՀ N</x:t>
   </x:si>
   <x:si>
     <x:t>Տեղամաս N</x:t>
   </x:si>
   <x:si>
     <x:t>Ընտրողների ցուցակներում ընդգրկված ընտրողների ընդհանուր թիվը</x:t>
   </x:si>
   <x:si>
     <x:t>Քվեարկության օրն ընտրական տեղամասում կազմված ընտրողների լրացուցիչ ցուցակում ընտրողների ընդհանուր թիվը</x:t>
   </x:si>
   <x:si>
     <x:t>Ընտրողների ընդհանուր թիվը</x:t>
   </x:si>
   <x:si>
     <x:t>Քվեարկության մասնակիցների ընդհանուր թիվը</x:t>
   </x:si>
   <x:si>
@@ -378,51 +378,51 @@
   <x:si>
     <x:t>31/78</x:t>
   </x:si>
   <x:si>
     <x:t>31/79</x:t>
   </x:si>
   <x:si>
     <x:t>31/80</x:t>
   </x:si>
   <x:si>
     <x:t>31/81</x:t>
   </x:si>
   <x:si>
     <x:t>31/82</x:t>
   </x:si>
   <x:si>
     <x:t>Տեղամասերի ընդհանուր</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="@"/>
+    <x:numFmt numFmtId="164" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="3">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -569,180 +569,180 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="thin">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="thin">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="thin">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="18">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="6" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="6" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="6" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="2" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="21">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="90" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="90" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="90" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="/xl/calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -1014,89 +1014,65 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:Y87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="3" max="16384" width="9.140625" style="1" customWidth="1"/>
     <x:col min="1" max="2" width="9.140625" style="2" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:25" s="3" customFormat="1" ht="50" customHeight="1">
-[...1 lines deleted...]
-      <x:c r="B1" s="5" t="s"/>
+    <x:row r="1" spans="1:25" ht="50" customHeight="1" s="3" customFormat="1">
+      <x:c r="A1" s="5"/>
+      <x:c r="B1" s="5"/>
       <x:c r="C1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D1" s="3" t="s"/>
-[...10 lines deleted...]
-      <x:c r="O1" s="3" t="s"/>
     </x:row>
     <x:row r="2" spans="1:25" s="3" customFormat="1">
-      <x:c r="A2" s="5" t="s"/>
-      <x:c r="B2" s="5" t="s"/>
+      <x:c r="A2" s="5"/>
+      <x:c r="B2" s="5"/>
       <x:c r="C2" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D2" s="3" t="s"/>
-[...12 lines deleted...]
-    <x:row r="3" spans="1:25" s="4" customFormat="1" ht="100" customHeight="1">
+    </x:row>
+    <x:row r="3" spans="1:25" ht="100" customHeight="1" s="4" customFormat="1">
       <x:c r="A3" s="6" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="6" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C3" s="7" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D3" s="7" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E3" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F3" s="7" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G3" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H3" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="I3" s="7" t="s">
@@ -1136,6362 +1112,6362 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="U3" s="7" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V3" s="7" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="W3" s="7" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="X3" s="7" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Y3" s="7" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:25">
       <x:c r="A4" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="C4" s="9" t="n">
+      <x:c r="C4" s="9">
         <x:v>1664</x:v>
       </x:c>
-      <x:c r="D4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E4" s="1" t="n">
+      <x:c r="D4" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E4" s="1">
         <x:v>1664</x:v>
       </x:c>
-      <x:c r="F4" s="1" t="n">
+      <x:c r="F4" s="1">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="G4" s="1" t="n">
+      <x:c r="G4" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I4" s="1" t="n">
+      <x:c r="H4" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I4" s="1">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="J4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K4" s="1" t="n">
+      <x:c r="J4" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K4" s="1">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="L4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M4" s="1" t="n">
+      <x:c r="L4" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M4" s="1">
         <x:v>1275</x:v>
       </x:c>
-      <x:c r="N4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O4" s="10" t="n">
+      <x:c r="N4" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O4" s="10">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="P4" s="1" t="n">
+      <x:c r="P4" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Q4" s="1" t="n">
+      <x:c r="Q4" s="1">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="R4" s="1" t="n">
+      <x:c r="R4" s="1">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="S4" s="1" t="n">
+      <x:c r="S4" s="1">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="T4" s="1" t="n">
+      <x:c r="T4" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U4" s="1" t="n">
+      <x:c r="U4" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="V4" s="1" t="n">
+      <x:c r="V4" s="1">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="W4" s="1" t="n">
+      <x:c r="W4" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X4" s="1" t="n">
+      <x:c r="X4" s="1">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="Y4" s="11" t="n">
+      <x:c r="Y4" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:25">
       <x:c r="A5" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="C5" s="9" t="n">
+      <x:c r="C5" s="9">
         <x:v>1775</x:v>
       </x:c>
-      <x:c r="D5" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E5" s="1" t="n">
+      <x:c r="D5" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E5" s="1">
         <x:v>1775</x:v>
       </x:c>
-      <x:c r="F5" s="1" t="n">
+      <x:c r="F5" s="1">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="G5" s="1" t="n">
+      <x:c r="G5" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H5" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I5" s="1" t="n">
+      <x:c r="H5" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I5" s="1">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="J5" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K5" s="1" t="n">
+      <x:c r="J5" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K5" s="1">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="L5" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M5" s="1" t="n">
+      <x:c r="L5" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M5" s="1">
         <x:v>1368</x:v>
       </x:c>
-      <x:c r="N5" s="1" t="n">
+      <x:c r="N5" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O5" s="10" t="n">
+      <x:c r="O5" s="10">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="P5" s="1" t="n">
+      <x:c r="P5" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q5" s="1" t="n">
+      <x:c r="Q5" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="R5" s="1" t="n">
+      <x:c r="R5" s="1">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="S5" s="1" t="n">
+      <x:c r="S5" s="1">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="T5" s="1" t="n">
+      <x:c r="T5" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U5" s="1" t="n">
+      <x:c r="U5" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="V5" s="1" t="n">
+      <x:c r="V5" s="1">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="W5" s="1" t="n">
+      <x:c r="W5" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X5" s="1" t="n">
+      <x:c r="X5" s="1">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="Y5" s="11" t="n">
+      <x:c r="Y5" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:25">
       <x:c r="A6" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="C6" s="9" t="n">
+      <x:c r="C6" s="9">
         <x:v>1760</x:v>
       </x:c>
-      <x:c r="D6" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E6" s="1" t="n">
+      <x:c r="D6" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E6" s="1">
         <x:v>1760</x:v>
       </x:c>
-      <x:c r="F6" s="1" t="n">
+      <x:c r="F6" s="1">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="G6" s="1" t="n">
+      <x:c r="G6" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H6" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I6" s="1" t="n">
+      <x:c r="H6" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I6" s="1">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="J6" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K6" s="1" t="n">
+      <x:c r="J6" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K6" s="1">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="L6" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M6" s="1" t="n">
+      <x:c r="L6" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M6" s="1">
         <x:v>1389</x:v>
       </x:c>
-      <x:c r="N6" s="1" t="n">
+      <x:c r="N6" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O6" s="10" t="n">
+      <x:c r="O6" s="10">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="P6" s="1" t="n">
+      <x:c r="P6" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q6" s="1" t="n">
+      <x:c r="Q6" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="R6" s="1" t="n">
+      <x:c r="R6" s="1">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="S6" s="1" t="n">
+      <x:c r="S6" s="1">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="T6" s="1" t="n">
+      <x:c r="T6" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U6" s="1" t="n">
+      <x:c r="U6" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="V6" s="1" t="n">
+      <x:c r="V6" s="1">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="W6" s="1" t="n">
+      <x:c r="W6" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X6" s="1" t="n">
+      <x:c r="X6" s="1">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="Y6" s="11" t="n">
+      <x:c r="Y6" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:25">
       <x:c r="A7" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="C7" s="9" t="n">
+      <x:c r="C7" s="9">
         <x:v>1308</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E7" s="1" t="n">
+      <x:c r="D7" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E7" s="1">
         <x:v>1308</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="n">
+      <x:c r="F7" s="1">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="G7" s="1" t="n">
+      <x:c r="G7" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I7" s="1" t="n">
+      <x:c r="H7" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I7" s="1">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="J7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K7" s="1" t="n">
+      <x:c r="J7" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K7" s="1">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="L7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M7" s="1" t="n">
+      <x:c r="L7" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M7" s="1">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="N7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O7" s="10" t="n">
+      <x:c r="N7" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O7" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="Q7" s="1" t="n">
+      <x:c r="P7" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q7" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="R7" s="1" t="n">
+      <x:c r="R7" s="1">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="S7" s="1" t="n">
+      <x:c r="S7" s="1">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="T7" s="1" t="n">
+      <x:c r="T7" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="U7" s="1" t="n">
+      <x:c r="U7" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="V7" s="1" t="n">
+      <x:c r="V7" s="1">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="W7" s="1" t="n">
+      <x:c r="W7" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X7" s="1" t="n">
+      <x:c r="X7" s="1">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="Y7" s="11" t="n">
+      <x:c r="Y7" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:25">
       <x:c r="A8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="C8" s="9" t="n">
+      <x:c r="C8" s="9">
         <x:v>1649</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E8" s="1" t="n">
+      <x:c r="D8" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E8" s="1">
         <x:v>1649</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="n">
+      <x:c r="F8" s="1">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="G8" s="1" t="n">
+      <x:c r="G8" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I8" s="1" t="n">
+      <x:c r="H8" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I8" s="1">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="J8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K8" s="1" t="n">
+      <x:c r="J8" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K8" s="1">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="L8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M8" s="1" t="n">
+      <x:c r="L8" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M8" s="1">
         <x:v>1294</x:v>
       </x:c>
-      <x:c r="N8" s="1" t="n">
+      <x:c r="N8" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O8" s="10" t="n">
+      <x:c r="O8" s="10">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="P8" s="1" t="n">
+      <x:c r="P8" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q8" s="1" t="n">
+      <x:c r="Q8" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="R8" s="1" t="n">
+      <x:c r="R8" s="1">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="S8" s="1" t="n">
+      <x:c r="S8" s="1">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="T8" s="1" t="n">
+      <x:c r="T8" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U8" s="1" t="n">
+      <x:c r="U8" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="V8" s="1" t="n">
+      <x:c r="V8" s="1">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="W8" s="1" t="n">
+      <x:c r="W8" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X8" s="1" t="n">
+      <x:c r="X8" s="1">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="Y8" s="11" t="n">
+      <x:c r="Y8" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:25">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C9" s="9" t="n">
+      <x:c r="C9" s="9">
         <x:v>1365</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E9" s="1" t="n">
+      <x:c r="D9" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E9" s="1">
         <x:v>1365</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="n">
+      <x:c r="F9" s="1">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="G9" s="1" t="n">
+      <x:c r="G9" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I9" s="1" t="n">
+      <x:c r="H9" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I9" s="1">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="J9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K9" s="1" t="n">
+      <x:c r="J9" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K9" s="1">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="L9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M9" s="1" t="n">
+      <x:c r="L9" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M9" s="1">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="N9" s="1" t="n">
+      <x:c r="N9" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="O9" s="10" t="n">
+      <x:c r="O9" s="10">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="P9" s="1" t="n">
+      <x:c r="P9" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q9" s="1" t="n">
+      <x:c r="Q9" s="1">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="R9" s="1" t="n">
+      <x:c r="R9" s="1">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="S9" s="1" t="n">
+      <x:c r="S9" s="1">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="T9" s="1" t="n">
+      <x:c r="T9" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U9" s="1" t="n">
+      <x:c r="U9" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="V9" s="1" t="n">
+      <x:c r="V9" s="1">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="W9" s="1" t="n">
+      <x:c r="W9" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="X9" s="1" t="n">
+      <x:c r="X9" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Y9" s="11" t="n">
+      <x:c r="Y9" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:25">
       <x:c r="A10" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C10" s="9" t="n">
+      <x:c r="C10" s="9">
         <x:v>1729</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E10" s="1" t="n">
+      <x:c r="D10" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E10" s="1">
         <x:v>1729</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="n">
+      <x:c r="F10" s="1">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="G10" s="1" t="n">
+      <x:c r="G10" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I10" s="1" t="n">
+      <x:c r="H10" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I10" s="1">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="J10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K10" s="1" t="n">
+      <x:c r="J10" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K10" s="1">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="L10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M10" s="1" t="n">
+      <x:c r="L10" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M10" s="1">
         <x:v>1342</x:v>
       </x:c>
-      <x:c r="N10" s="1" t="n">
+      <x:c r="N10" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O10" s="10" t="n">
+      <x:c r="O10" s="10">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="P10" s="1" t="n">
+      <x:c r="P10" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="Q10" s="1" t="n">
+      <x:c r="Q10" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="R10" s="1" t="n">
+      <x:c r="R10" s="1">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="S10" s="1" t="n">
+      <x:c r="S10" s="1">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="T10" s="1" t="n">
+      <x:c r="T10" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="U10" s="1" t="n">
+      <x:c r="U10" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="V10" s="1" t="n">
+      <x:c r="V10" s="1">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="W10" s="1" t="n">
+      <x:c r="W10" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="X10" s="1" t="n">
+      <x:c r="X10" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="Y10" s="11" t="n">
+      <x:c r="Y10" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:25">
       <x:c r="A11" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C11" s="9" t="n">
+      <x:c r="C11" s="9">
         <x:v>1731</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E11" s="1" t="n">
+      <x:c r="D11" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E11" s="1">
         <x:v>1731</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="n">
+      <x:c r="F11" s="1">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="G11" s="1" t="n">
+      <x:c r="G11" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I11" s="1" t="n">
+      <x:c r="H11" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I11" s="1">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="J11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K11" s="1" t="n">
+      <x:c r="J11" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K11" s="1">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="L11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M11" s="1" t="n">
+      <x:c r="L11" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M11" s="1">
         <x:v>1473</x:v>
       </x:c>
-      <x:c r="N11" s="1" t="n">
+      <x:c r="N11" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O11" s="10" t="n">
+      <x:c r="O11" s="10">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="P11" s="1" t="n">
+      <x:c r="P11" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q11" s="1" t="n">
+      <x:c r="Q11" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="R11" s="1" t="n">
+      <x:c r="R11" s="1">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="S11" s="1" t="n">
+      <x:c r="S11" s="1">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="T11" s="1" t="n">
+      <x:c r="T11" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="U11" s="1" t="n">
+      <x:c r="U11" s="1">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="V11" s="1" t="n">
+      <x:c r="V11" s="1">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="W11" s="1" t="n">
+      <x:c r="W11" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X11" s="1" t="n">
+      <x:c r="X11" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="Y11" s="11" t="n">
+      <x:c r="Y11" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:25">
       <x:c r="A12" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="C12" s="9" t="n">
+      <x:c r="C12" s="9">
         <x:v>1518</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E12" s="1" t="n">
+      <x:c r="D12" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E12" s="1">
         <x:v>1518</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="n">
+      <x:c r="F12" s="1">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="G12" s="1" t="n">
+      <x:c r="G12" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I12" s="1" t="n">
+      <x:c r="H12" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I12" s="1">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="J12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K12" s="1" t="n">
+      <x:c r="J12" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K12" s="1">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="L12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M12" s="1" t="n">
+      <x:c r="L12" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M12" s="1">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="N12" s="1" t="n">
-[...5 lines deleted...]
-      <x:c r="P12" s="1" t="n">
+      <x:c r="N12" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O12" s="10">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="P12" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q12" s="1" t="n">
+      <x:c r="Q12" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="R12" s="1" t="n">
+      <x:c r="R12" s="1">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="S12" s="1" t="n">
+      <x:c r="S12" s="1">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="T12" s="1" t="n">
+      <x:c r="T12" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U12" s="1" t="n">
+      <x:c r="U12" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="V12" s="1" t="n">
+      <x:c r="V12" s="1">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="W12" s="1" t="n">
+      <x:c r="W12" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X12" s="1" t="n">
+      <x:c r="X12" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="Y12" s="11" t="n">
+      <x:c r="Y12" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:25">
       <x:c r="A13" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C13" s="9" t="n">
+      <x:c r="C13" s="9">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E13" s="1" t="n">
+      <x:c r="D13" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E13" s="1">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="n">
+      <x:c r="F13" s="1">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="G13" s="1" t="n">
+      <x:c r="G13" s="1">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="H13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I13" s="1" t="n">
+      <x:c r="H13" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I13" s="1">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="J13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K13" s="1" t="n">
+      <x:c r="J13" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K13" s="1">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="L13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M13" s="1" t="n">
+      <x:c r="L13" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M13" s="1">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="N13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O13" s="10" t="n">
+      <x:c r="N13" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O13" s="10">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="P13" s="1" t="n">
+      <x:c r="P13" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q13" s="1" t="n">
+      <x:c r="Q13" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="R13" s="1" t="n">
+      <x:c r="R13" s="1">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="S13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="T13" s="1" t="n">
+      <x:c r="S13" s="1">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="T13" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U13" s="1" t="n">
+      <x:c r="U13" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="V13" s="1" t="n">
+      <x:c r="V13" s="1">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="W13" s="1" t="n">
+      <x:c r="W13" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X13" s="1" t="n">
+      <x:c r="X13" s="1">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="Y13" s="11" t="n">
+      <x:c r="Y13" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:25">
       <x:c r="A14" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C14" s="9" t="n">
+      <x:c r="C14" s="9">
         <x:v>1450</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E14" s="1" t="n">
+      <x:c r="D14" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E14" s="1">
         <x:v>1450</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="n">
+      <x:c r="F14" s="1">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="G14" s="1" t="n">
+      <x:c r="G14" s="1">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I14" s="1" t="n">
+      <x:c r="H14" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I14" s="1">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="J14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K14" s="1" t="n">
+      <x:c r="J14" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K14" s="1">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="L14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M14" s="1" t="n">
+      <x:c r="L14" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M14" s="1">
         <x:v>1178</x:v>
       </x:c>
-      <x:c r="N14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O14" s="10" t="n">
+      <x:c r="N14" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O14" s="10">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="P14" s="1" t="n">
+      <x:c r="P14" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q14" s="1" t="n">
+      <x:c r="Q14" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="R14" s="1" t="n">
+      <x:c r="R14" s="1">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="S14" s="1" t="n">
+      <x:c r="S14" s="1">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="T14" s="1" t="n">
+      <x:c r="T14" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="U14" s="1" t="n">
+      <x:c r="U14" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="V14" s="1" t="n">
+      <x:c r="V14" s="1">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="W14" s="1" t="n">
+      <x:c r="W14" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X14" s="1" t="n">
+      <x:c r="X14" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="Y14" s="11" t="n">
+      <x:c r="Y14" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:25">
       <x:c r="A15" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C15" s="9" t="n">
+      <x:c r="C15" s="9">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E15" s="1" t="n">
+      <x:c r="D15" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E15" s="1">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="n">
+      <x:c r="F15" s="1">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="G15" s="1" t="n">
+      <x:c r="G15" s="1">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="H15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I15" s="1" t="n">
+      <x:c r="H15" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I15" s="1">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K15" s="1" t="n">
+      <x:c r="J15" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K15" s="1">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="L15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M15" s="1" t="n">
+      <x:c r="L15" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M15" s="1">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="N15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O15" s="10" t="n">
+      <x:c r="N15" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O15" s="10">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="P15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="Q15" s="1" t="n">
+      <x:c r="P15" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q15" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="R15" s="1" t="n">
+      <x:c r="R15" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="S15" s="1" t="n">
+      <x:c r="S15" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="T15" s="1" t="n">
+      <x:c r="T15" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U15" s="1" t="n">
+      <x:c r="U15" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V15" s="1" t="n">
+      <x:c r="V15" s="1">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="W15" s="1" t="n">
+      <x:c r="W15" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="X15" s="1" t="n">
+      <x:c r="X15" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Y15" s="11" t="n">
+      <x:c r="Y15" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:25">
       <x:c r="A16" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B16" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="C16" s="9" t="n">
+      <x:c r="C16" s="9">
         <x:v>1517</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E16" s="1" t="n">
+      <x:c r="D16" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E16" s="1">
         <x:v>1517</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="n">
+      <x:c r="F16" s="1">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="G16" s="1" t="n">
+      <x:c r="G16" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I16" s="1" t="n">
+      <x:c r="H16" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I16" s="1">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K16" s="1" t="n">
+      <x:c r="J16" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K16" s="1">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="L16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M16" s="1" t="n">
+      <x:c r="L16" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M16" s="1">
         <x:v>1263</x:v>
       </x:c>
-      <x:c r="N16" s="1" t="n">
+      <x:c r="N16" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O16" s="10" t="n">
+      <x:c r="O16" s="10">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="P16" s="1" t="n">
+      <x:c r="P16" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q16" s="1" t="n">
+      <x:c r="Q16" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="R16" s="1" t="n">
+      <x:c r="R16" s="1">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="S16" s="1" t="n">
+      <x:c r="S16" s="1">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="T16" s="1" t="n">
+      <x:c r="T16" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U16" s="1" t="n">
+      <x:c r="U16" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="V16" s="1" t="n">
+      <x:c r="V16" s="1">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="W16" s="1" t="n">
+      <x:c r="W16" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X16" s="1" t="n">
+      <x:c r="X16" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Y16" s="11" t="n">
+      <x:c r="Y16" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:25">
       <x:c r="A17" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="C17" s="9" t="n">
+      <x:c r="C17" s="9">
         <x:v>1901</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E17" s="1" t="n">
+      <x:c r="D17" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E17" s="1">
         <x:v>1901</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="n">
+      <x:c r="F17" s="1">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="G17" s="1" t="n">
+      <x:c r="G17" s="1">
         <x:v>2000</x:v>
       </x:c>
-      <x:c r="H17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I17" s="1" t="n">
+      <x:c r="H17" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I17" s="1">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="J17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K17" s="1" t="n">
+      <x:c r="J17" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K17" s="1">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="L17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M17" s="1" t="n">
+      <x:c r="L17" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M17" s="1">
         <x:v>1627</x:v>
       </x:c>
-      <x:c r="N17" s="1" t="n">
+      <x:c r="N17" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O17" s="10" t="n">
+      <x:c r="O17" s="10">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="P17" s="1" t="n">
+      <x:c r="P17" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q17" s="1" t="n">
+      <x:c r="Q17" s="1">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="R17" s="1" t="n">
+      <x:c r="R17" s="1">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="S17" s="1" t="n">
+      <x:c r="S17" s="1">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="T17" s="1" t="n">
+      <x:c r="T17" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U17" s="1" t="n">
+      <x:c r="U17" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="V17" s="1" t="n">
+      <x:c r="V17" s="1">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="W17" s="1" t="n">
+      <x:c r="W17" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X17" s="1" t="n">
+      <x:c r="X17" s="1">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="Y17" s="11" t="n">
+      <x:c r="Y17" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:25">
       <x:c r="A18" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="C18" s="9" t="n">
+      <x:c r="C18" s="9">
         <x:v>1647</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E18" s="1" t="n">
+      <x:c r="D18" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E18" s="1">
         <x:v>1647</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="n">
+      <x:c r="F18" s="1">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="G18" s="1" t="n">
+      <x:c r="G18" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I18" s="1" t="n">
+      <x:c r="H18" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I18" s="1">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="J18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K18" s="1" t="n">
+      <x:c r="J18" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K18" s="1">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="L18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M18" s="1" t="n">
+      <x:c r="L18" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M18" s="1">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="N18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O18" s="10" t="n">
+      <x:c r="N18" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O18" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P18" s="1" t="n">
+      <x:c r="P18" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="Q18" s="1" t="n">
+      <x:c r="Q18" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="R18" s="1" t="n">
+      <x:c r="R18" s="1">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="S18" s="1" t="n">
+      <x:c r="S18" s="1">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="T18" s="1" t="n">
+      <x:c r="T18" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U18" s="1" t="n">
+      <x:c r="U18" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="V18" s="1" t="n">
+      <x:c r="V18" s="1">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="W18" s="1" t="n">
+      <x:c r="W18" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="X18" s="1" t="n">
+      <x:c r="X18" s="1">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="Y18" s="11" t="n">
+      <x:c r="Y18" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:25">
       <x:c r="A19" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C19" s="9" t="n">
+      <x:c r="C19" s="9">
         <x:v>1826</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E19" s="1" t="n">
+      <x:c r="D19" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E19" s="1">
         <x:v>1826</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="n">
+      <x:c r="F19" s="1">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="G19" s="1" t="n">
+      <x:c r="G19" s="1">
         <x:v>1900</x:v>
       </x:c>
-      <x:c r="H19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I19" s="1" t="n">
+      <x:c r="H19" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I19" s="1">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="J19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K19" s="1" t="n">
+      <x:c r="J19" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K19" s="1">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="L19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M19" s="1" t="n">
+      <x:c r="L19" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M19" s="1">
         <x:v>1478</x:v>
       </x:c>
-      <x:c r="N19" s="1" t="n">
+      <x:c r="N19" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="O19" s="10" t="n">
+      <x:c r="O19" s="10">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="P19" s="1" t="n">
+      <x:c r="P19" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="Q19" s="1" t="n">
+      <x:c r="Q19" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="R19" s="1" t="n">
+      <x:c r="R19" s="1">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="S19" s="1" t="n">
+      <x:c r="S19" s="1">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="T19" s="1" t="n">
+      <x:c r="T19" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="U19" s="1" t="n">
+      <x:c r="U19" s="1">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="V19" s="1" t="n">
+      <x:c r="V19" s="1">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="W19" s="1" t="n">
+      <x:c r="W19" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="X19" s="1" t="n">
+      <x:c r="X19" s="1">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="Y19" s="11" t="n">
+      <x:c r="Y19" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:25">
       <x:c r="A20" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C20" s="9" t="n">
+      <x:c r="C20" s="9">
         <x:v>1172</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E20" s="1" t="n">
+      <x:c r="D20" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E20" s="1">
         <x:v>1172</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="n">
+      <x:c r="F20" s="1">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="G20" s="1" t="n">
+      <x:c r="G20" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I20" s="1" t="n">
+      <x:c r="H20" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I20" s="1">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="J20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K20" s="1" t="n">
+      <x:c r="J20" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K20" s="1">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="L20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M20" s="1" t="n">
+      <x:c r="L20" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M20" s="1">
         <x:v>975</x:v>
       </x:c>
-      <x:c r="N20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O20" s="10" t="n">
+      <x:c r="N20" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O20" s="10">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="P20" s="1" t="n">
+      <x:c r="P20" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q20" s="1" t="n">
+      <x:c r="Q20" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="R20" s="1" t="n">
+      <x:c r="R20" s="1">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="S20" s="1" t="n">
+      <x:c r="S20" s="1">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="T20" s="1" t="n">
+      <x:c r="T20" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="U20" s="1" t="n">
+      <x:c r="U20" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="V20" s="1" t="n">
+      <x:c r="V20" s="1">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="W20" s="1" t="n">
+      <x:c r="W20" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X20" s="1" t="n">
+      <x:c r="X20" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="Y20" s="11" t="n">
+      <x:c r="Y20" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:25">
       <x:c r="A21" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="C21" s="9" t="n">
+      <x:c r="C21" s="9">
         <x:v>1158</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E21" s="1" t="n">
+      <x:c r="D21" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E21" s="1">
         <x:v>1158</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="n">
+      <x:c r="F21" s="1">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="G21" s="1" t="n">
+      <x:c r="G21" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I21" s="1" t="n">
+      <x:c r="H21" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I21" s="1">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="J21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K21" s="1" t="n">
+      <x:c r="J21" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K21" s="1">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="L21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M21" s="1" t="n">
+      <x:c r="L21" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M21" s="1">
         <x:v>1028</x:v>
       </x:c>
-      <x:c r="N21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O21" s="10" t="n">
+      <x:c r="N21" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O21" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P21" s="1" t="n">
+      <x:c r="P21" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q21" s="1" t="n">
+      <x:c r="Q21" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="R21" s="1" t="n">
+      <x:c r="R21" s="1">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="S21" s="1" t="n">
+      <x:c r="S21" s="1">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="T21" s="1" t="n">
+      <x:c r="T21" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="V21" s="1" t="n">
+      <x:c r="U21" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V21" s="1">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="W21" s="1" t="n">
+      <x:c r="W21" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X21" s="1" t="n">
+      <x:c r="X21" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Y21" s="11" t="n">
+      <x:c r="Y21" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:25">
       <x:c r="A22" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="C22" s="9" t="n">
+      <x:c r="C22" s="9">
         <x:v>1315</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E22" s="1" t="n">
+      <x:c r="D22" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E22" s="1">
         <x:v>1315</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="n">
+      <x:c r="F22" s="1">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="G22" s="1" t="n">
+      <x:c r="G22" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H22" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I22" s="1" t="n">
+      <x:c r="H22" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I22" s="1">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="J22" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K22" s="1" t="n">
+      <x:c r="J22" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K22" s="1">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="L22" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M22" s="1" t="n">
+      <x:c r="L22" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M22" s="1">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="N22" s="1" t="n">
+      <x:c r="N22" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O22" s="10" t="n">
+      <x:c r="O22" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P22" s="1" t="n">
+      <x:c r="P22" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q22" s="1" t="n">
+      <x:c r="Q22" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="R22" s="1" t="n">
+      <x:c r="R22" s="1">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="S22" s="1" t="n">
+      <x:c r="S22" s="1">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="T22" s="1" t="n">
+      <x:c r="T22" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U22" s="1" t="n">
+      <x:c r="U22" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="V22" s="1" t="n">
+      <x:c r="V22" s="1">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="W22" s="1" t="n">
+      <x:c r="W22" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="X22" s="1" t="n">
+      <x:c r="X22" s="1">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="Y22" s="11" t="n">
+      <x:c r="Y22" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:25">
       <x:c r="A23" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="C23" s="9" t="n">
+      <x:c r="C23" s="9">
         <x:v>1106</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E23" s="1" t="n">
+      <x:c r="D23" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E23" s="1">
         <x:v>1106</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="n">
+      <x:c r="F23" s="1">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="G23" s="1" t="n">
+      <x:c r="G23" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H23" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I23" s="1" t="n">
+      <x:c r="H23" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I23" s="1">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="J23" s="1" t="n">
+      <x:c r="J23" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K23" s="1" t="n">
+      <x:c r="K23" s="1">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="L23" s="1" t="n">
+      <x:c r="L23" s="1">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="M23" s="1" t="n">
+      <x:c r="M23" s="1">
         <x:v>963</x:v>
       </x:c>
-      <x:c r="N23" s="1" t="n">
+      <x:c r="N23" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O23" s="10" t="n">
+      <x:c r="O23" s="10">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="P23" s="1" t="n">
+      <x:c r="P23" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="Q23" s="1" t="n">
+      <x:c r="Q23" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="R23" s="1" t="n">
+      <x:c r="R23" s="1">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="S23" s="1" t="n">
+      <x:c r="S23" s="1">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="T23" s="1" t="n">
+      <x:c r="T23" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U23" s="1" t="n">
+      <x:c r="U23" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="V23" s="1" t="n">
+      <x:c r="V23" s="1">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="W23" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="X23" s="1" t="n">
+      <x:c r="W23" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X23" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Y23" s="11" t="n">
+      <x:c r="Y23" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:25">
       <x:c r="A24" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C24" s="9" t="n">
+      <x:c r="C24" s="9">
         <x:v>1447</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E24" s="1" t="n">
+      <x:c r="D24" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E24" s="1">
         <x:v>1447</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="n">
+      <x:c r="F24" s="1">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="G24" s="1" t="n">
+      <x:c r="G24" s="1">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="H24" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I24" s="1" t="n">
+      <x:c r="H24" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I24" s="1">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="J24" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K24" s="1" t="n">
+      <x:c r="J24" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K24" s="1">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="L24" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M24" s="1" t="n">
+      <x:c r="L24" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M24" s="1">
         <x:v>1150</x:v>
       </x:c>
-      <x:c r="N24" s="1" t="n">
+      <x:c r="N24" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O24" s="10" t="n">
+      <x:c r="O24" s="10">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="P24" s="1" t="n">
+      <x:c r="P24" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q24" s="1" t="n">
+      <x:c r="Q24" s="1">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="R24" s="1" t="n">
+      <x:c r="R24" s="1">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="S24" s="1" t="n">
+      <x:c r="S24" s="1">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="T24" s="1" t="n">
+      <x:c r="T24" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="U24" s="1" t="n">
+      <x:c r="U24" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="V24" s="1" t="n">
+      <x:c r="V24" s="1">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="W24" s="1" t="n">
+      <x:c r="W24" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="X24" s="1" t="n">
+      <x:c r="X24" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="Y24" s="11" t="n">
+      <x:c r="Y24" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:25">
       <x:c r="A25" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C25" s="9" t="n">
+      <x:c r="C25" s="9">
         <x:v>1496</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E25" s="1" t="n">
+      <x:c r="D25" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E25" s="1">
         <x:v>1496</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="n">
+      <x:c r="F25" s="1">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="G25" s="1" t="n">
+      <x:c r="G25" s="1">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="H25" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I25" s="1" t="n">
+      <x:c r="H25" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I25" s="1">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="J25" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K25" s="1" t="n">
+      <x:c r="J25" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K25" s="1">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="L25" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M25" s="1" t="n">
+      <x:c r="L25" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M25" s="1">
         <x:v>1085</x:v>
       </x:c>
-      <x:c r="N25" s="1" t="n">
+      <x:c r="N25" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O25" s="10" t="n">
+      <x:c r="O25" s="10">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="P25" s="1" t="n">
+      <x:c r="P25" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q25" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="R25" s="1" t="n">
+      <x:c r="Q25" s="1">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="R25" s="1">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="S25" s="1" t="n">
+      <x:c r="S25" s="1">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="T25" s="1" t="n">
+      <x:c r="T25" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="U25" s="1" t="n">
+      <x:c r="U25" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="V25" s="1" t="n">
+      <x:c r="V25" s="1">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="W25" s="1" t="n">
+      <x:c r="W25" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="X25" s="1" t="n">
+      <x:c r="X25" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="Y25" s="11" t="n">
+      <x:c r="Y25" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:25">
       <x:c r="A26" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B26" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="C26" s="9" t="n">
+      <x:c r="C26" s="9">
         <x:v>1672</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E26" s="1" t="n">
+      <x:c r="D26" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E26" s="1">
         <x:v>1672</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="n">
+      <x:c r="F26" s="1">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="G26" s="1" t="n">
+      <x:c r="G26" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H26" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I26" s="1" t="n">
+      <x:c r="H26" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I26" s="1">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="J26" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K26" s="1" t="n">
+      <x:c r="J26" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K26" s="1">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="L26" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M26" s="1" t="n">
+      <x:c r="L26" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M26" s="1">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="N26" s="1" t="n">
+      <x:c r="N26" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O26" s="10" t="n">
+      <x:c r="O26" s="10">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="P26" s="1" t="n">
+      <x:c r="P26" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q26" s="1" t="n">
+      <x:c r="Q26" s="1">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="R26" s="1" t="n">
+      <x:c r="R26" s="1">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="S26" s="1" t="n">
+      <x:c r="S26" s="1">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="T26" s="1" t="n">
+      <x:c r="T26" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U26" s="1" t="n">
+      <x:c r="U26" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="V26" s="1" t="n">
+      <x:c r="V26" s="1">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="W26" s="1" t="n">
+      <x:c r="W26" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X26" s="1" t="n">
+      <x:c r="X26" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="Y26" s="11" t="n">
+      <x:c r="Y26" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:25">
       <x:c r="A27" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C27" s="9" t="n">
+      <x:c r="C27" s="9">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E27" s="1" t="n">
+      <x:c r="D27" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E27" s="1">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="n">
+      <x:c r="F27" s="1">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="G27" s="1" t="n">
+      <x:c r="G27" s="1">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I27" s="1" t="n">
+      <x:c r="H27" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I27" s="1">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="J27" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K27" s="1" t="n">
+      <x:c r="J27" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K27" s="1">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="L27" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M27" s="1" t="n">
+      <x:c r="L27" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M27" s="1">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="N27" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O27" s="10" t="n">
+      <x:c r="N27" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O27" s="10">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="P27" s="1" t="n">
+      <x:c r="P27" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q27" s="1" t="n">
+      <x:c r="Q27" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="R27" s="1" t="n">
+      <x:c r="R27" s="1">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="S27" s="1" t="n">
+      <x:c r="S27" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="T27" s="1" t="n">
+      <x:c r="T27" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U27" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="V27" s="1" t="n">
+      <x:c r="U27" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V27" s="1">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="W27" s="1" t="n">
+      <x:c r="W27" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="X27" s="1" t="n">
+      <x:c r="X27" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Y27" s="11" t="n">
+      <x:c r="Y27" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:25">
       <x:c r="A28" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C28" s="9" t="n">
+      <x:c r="C28" s="9">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E28" s="1" t="n">
+      <x:c r="D28" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E28" s="1">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="n">
+      <x:c r="F28" s="1">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="G28" s="1" t="n">
+      <x:c r="G28" s="1">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="H28" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I28" s="1" t="n">
+      <x:c r="H28" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I28" s="1">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="J28" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K28" s="1" t="n">
+      <x:c r="J28" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K28" s="1">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="L28" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M28" s="1" t="n">
+      <x:c r="L28" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M28" s="1">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="N28" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O28" s="10" t="n">
+      <x:c r="N28" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O28" s="10">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="P28" s="1" t="n">
+      <x:c r="P28" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q28" s="1" t="n">
+      <x:c r="Q28" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="R28" s="1" t="n">
+      <x:c r="R28" s="1">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="S28" s="1" t="n">
+      <x:c r="S28" s="1">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="T28" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="U28" s="1" t="n">
+      <x:c r="T28" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U28" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="V28" s="1" t="n">
+      <x:c r="V28" s="1">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="W28" s="1" t="n">
+      <x:c r="W28" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X28" s="1" t="n">
+      <x:c r="X28" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Y28" s="11" t="n">
+      <x:c r="Y28" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:25">
       <x:c r="A29" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B29" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C29" s="9" t="n">
+      <x:c r="C29" s="9">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="n">
+      <x:c r="D29" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E29" s="1">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="n">
+      <x:c r="F29" s="1">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="n">
+      <x:c r="G29" s="1">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="H29" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I29" s="1" t="n">
+      <x:c r="H29" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I29" s="1">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="J29" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K29" s="1" t="n">
+      <x:c r="J29" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K29" s="1">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="L29" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M29" s="1" t="n">
+      <x:c r="L29" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M29" s="1">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="N29" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O29" s="10" t="n">
+      <x:c r="N29" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O29" s="10">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="P29" s="1" t="n">
+      <x:c r="P29" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q29" s="1" t="n">
+      <x:c r="Q29" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="R29" s="1" t="n">
+      <x:c r="R29" s="1">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="S29" s="1" t="n">
+      <x:c r="S29" s="1">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="T29" s="1" t="n">
+      <x:c r="T29" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U29" s="1" t="n">
+      <x:c r="U29" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="V29" s="1" t="n">
+      <x:c r="V29" s="1">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="W29" s="1" t="n">
+      <x:c r="W29" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X29" s="1" t="n">
+      <x:c r="X29" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="Y29" s="11" t="n">
+      <x:c r="Y29" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:25">
       <x:c r="A30" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C30" s="9" t="n">
+      <x:c r="C30" s="9">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E30" s="1" t="n">
+      <x:c r="D30" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E30" s="1">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="n">
+      <x:c r="F30" s="1">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="G30" s="1" t="n">
+      <x:c r="G30" s="1">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="H30" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I30" s="1" t="n">
+      <x:c r="H30" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I30" s="1">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="J30" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K30" s="1" t="n">
+      <x:c r="J30" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K30" s="1">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="L30" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M30" s="1" t="n">
+      <x:c r="L30" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M30" s="1">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="N30" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O30" s="10" t="n">
+      <x:c r="N30" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O30" s="10">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="P30" s="1" t="n">
+      <x:c r="P30" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q30" s="1" t="n">
+      <x:c r="Q30" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="R30" s="1" t="n">
+      <x:c r="R30" s="1">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="S30" s="1" t="n">
+      <x:c r="S30" s="1">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="T30" s="1" t="n">
+      <x:c r="T30" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U30" s="1" t="n">
+      <x:c r="U30" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="V30" s="1" t="n">
+      <x:c r="V30" s="1">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="W30" s="1" t="n">
+      <x:c r="W30" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X30" s="1" t="n">
+      <x:c r="X30" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="Y30" s="11" t="n">
+      <x:c r="Y30" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:25">
       <x:c r="A31" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C31" s="9" t="n">
+      <x:c r="C31" s="9">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E31" s="1" t="n">
+      <x:c r="D31" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E31" s="1">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="n">
+      <x:c r="F31" s="1">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="G31" s="1" t="n">
+      <x:c r="G31" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I31" s="1" t="n">
+      <x:c r="H31" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I31" s="1">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="J31" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K31" s="1" t="n">
+      <x:c r="J31" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K31" s="1">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="L31" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M31" s="1" t="n">
+      <x:c r="L31" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M31" s="1">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="N31" s="1" t="n">
+      <x:c r="N31" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O31" s="10" t="n">
+      <x:c r="O31" s="10">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="P31" s="1" t="n">
+      <x:c r="P31" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="Q31" s="1" t="n">
+      <x:c r="Q31" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="R31" s="1" t="n">
+      <x:c r="R31" s="1">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="S31" s="1" t="n">
+      <x:c r="S31" s="1">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="T31" s="1" t="n">
+      <x:c r="T31" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U31" s="1" t="n">
+      <x:c r="U31" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="V31" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="W31" s="1" t="n">
+      <x:c r="V31" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="W31" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="X31" s="1" t="n">
+      <x:c r="X31" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Y31" s="11" t="n">
+      <x:c r="Y31" s="11">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:25">
       <x:c r="A32" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C32" s="9" t="n">
+      <x:c r="C32" s="9">
         <x:v>1329</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E32" s="1" t="n">
+      <x:c r="D32" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E32" s="1">
         <x:v>1329</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="n">
+      <x:c r="F32" s="1">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="G32" s="1" t="n">
+      <x:c r="G32" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H32" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I32" s="1" t="n">
+      <x:c r="H32" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I32" s="1">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="J32" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K32" s="1" t="n">
+      <x:c r="J32" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K32" s="1">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="L32" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M32" s="1" t="n">
+      <x:c r="L32" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M32" s="1">
         <x:v>1001</x:v>
       </x:c>
-      <x:c r="N32" s="1" t="n">
+      <x:c r="N32" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O32" s="10" t="n">
+      <x:c r="O32" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P32" s="1" t="n">
+      <x:c r="P32" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q32" s="1" t="n">
+      <x:c r="Q32" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="R32" s="1" t="n">
+      <x:c r="R32" s="1">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="S32" s="1" t="n">
+      <x:c r="S32" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="T32" s="1" t="n">
+      <x:c r="T32" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U32" s="1" t="n">
+      <x:c r="U32" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="V32" s="1" t="n">
+      <x:c r="V32" s="1">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="W32" s="1" t="n">
+      <x:c r="W32" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="X32" s="1" t="n">
+      <x:c r="X32" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Y32" s="11" t="n">
+      <x:c r="Y32" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:25">
       <x:c r="A33" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C33" s="9" t="n">
+      <x:c r="C33" s="9">
         <x:v>1339</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E33" s="1" t="n">
+      <x:c r="D33" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E33" s="1">
         <x:v>1339</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="n">
+      <x:c r="F33" s="1">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="G33" s="1" t="n">
+      <x:c r="G33" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H33" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I33" s="1" t="n">
+      <x:c r="H33" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I33" s="1">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="J33" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K33" s="1" t="n">
+      <x:c r="J33" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K33" s="1">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="L33" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M33" s="1" t="n">
+      <x:c r="L33" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M33" s="1">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="N33" s="1" t="n">
+      <x:c r="N33" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O33" s="10" t="n">
+      <x:c r="O33" s="10">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="P33" s="1" t="n">
+      <x:c r="P33" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Q33" s="1" t="n">
+      <x:c r="Q33" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="R33" s="1" t="n">
+      <x:c r="R33" s="1">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="S33" s="1" t="n">
+      <x:c r="S33" s="1">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="T33" s="1" t="n">
+      <x:c r="T33" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U33" s="1" t="n">
+      <x:c r="U33" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="V33" s="1" t="n">
+      <x:c r="V33" s="1">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="W33" s="1" t="n">
+      <x:c r="W33" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="X33" s="1" t="n">
+      <x:c r="X33" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Y33" s="11" t="n">
+      <x:c r="Y33" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:25">
       <x:c r="A34" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C34" s="9" t="n">
+      <x:c r="C34" s="9">
         <x:v>1673</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E34" s="1" t="n">
+      <x:c r="D34" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E34" s="1">
         <x:v>1673</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="n">
+      <x:c r="F34" s="1">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="n">
+      <x:c r="G34" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I34" s="1" t="n">
+      <x:c r="H34" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I34" s="1">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="J34" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K34" s="1" t="n">
+      <x:c r="J34" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K34" s="1">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="L34" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M34" s="1" t="n">
+      <x:c r="L34" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M34" s="1">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="N34" s="1" t="n">
+      <x:c r="N34" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O34" s="10" t="n">
+      <x:c r="O34" s="10">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="P34" s="1" t="n">
+      <x:c r="P34" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Q34" s="1" t="n">
+      <x:c r="Q34" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="R34" s="1" t="n">
+      <x:c r="R34" s="1">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="S34" s="1" t="n">
+      <x:c r="S34" s="1">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="T34" s="1" t="n">
+      <x:c r="T34" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U34" s="1" t="n">
+      <x:c r="U34" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="V34" s="1" t="n">
+      <x:c r="V34" s="1">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="W34" s="1" t="n">
+      <x:c r="W34" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X34" s="1" t="n">
+      <x:c r="X34" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="Y34" s="11" t="n">
+      <x:c r="Y34" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:25">
       <x:c r="A35" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C35" s="9" t="n">
+      <x:c r="C35" s="9">
         <x:v>1592</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E35" s="1" t="n">
+      <x:c r="D35" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E35" s="1">
         <x:v>1592</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="n">
+      <x:c r="F35" s="1">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="G35" s="1" t="n">
+      <x:c r="G35" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H35" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I35" s="1" t="n">
+      <x:c r="H35" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I35" s="1">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="J35" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K35" s="1" t="n">
+      <x:c r="J35" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K35" s="1">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="L35" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M35" s="1" t="n">
+      <x:c r="L35" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M35" s="1">
         <x:v>1189</x:v>
       </x:c>
-      <x:c r="N35" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O35" s="10" t="n">
+      <x:c r="N35" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O35" s="10">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="P35" s="1" t="n">
+      <x:c r="P35" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="Q35" s="1" t="n">
+      <x:c r="Q35" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="R35" s="1" t="n">
+      <x:c r="R35" s="1">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="S35" s="1" t="n">
+      <x:c r="S35" s="1">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="T35" s="1" t="n">
+      <x:c r="T35" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U35" s="1" t="n">
+      <x:c r="U35" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="V35" s="1" t="n">
+      <x:c r="V35" s="1">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="W35" s="1" t="n">
+      <x:c r="W35" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="X35" s="1" t="n">
+      <x:c r="X35" s="1">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="Y35" s="11" t="n">
+      <x:c r="Y35" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:25">
       <x:c r="A36" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B36" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C36" s="9" t="n">
+      <x:c r="C36" s="9">
         <x:v>1226</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E36" s="1" t="n">
+      <x:c r="D36" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E36" s="1">
         <x:v>1226</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="n">
+      <x:c r="F36" s="1">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="G36" s="1" t="n">
+      <x:c r="G36" s="1">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="H36" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I36" s="1" t="n">
+      <x:c r="H36" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I36" s="1">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="J36" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K36" s="1" t="n">
+      <x:c r="J36" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K36" s="1">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="L36" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M36" s="1" t="n">
+      <x:c r="L36" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M36" s="1">
         <x:v>964</x:v>
       </x:c>
-      <x:c r="N36" s="1" t="n">
+      <x:c r="N36" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="O36" s="10" t="n">
+      <x:c r="O36" s="10">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="P36" s="1" t="n">
+      <x:c r="P36" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q36" s="1" t="n">
+      <x:c r="Q36" s="1">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="R36" s="1" t="n">
+      <x:c r="R36" s="1">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="S36" s="1" t="n">
+      <x:c r="S36" s="1">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="T36" s="1" t="n">
+      <x:c r="T36" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U36" s="1" t="n">
+      <x:c r="U36" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="V36" s="1" t="n">
+      <x:c r="V36" s="1">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="W36" s="1" t="n">
+      <x:c r="W36" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="X36" s="1" t="n">
+      <x:c r="X36" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Y36" s="11" t="n">
+      <x:c r="Y36" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:25">
       <x:c r="A37" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C37" s="9" t="n">
+      <x:c r="C37" s="9">
         <x:v>1709</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E37" s="1" t="n">
+      <x:c r="D37" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E37" s="1">
         <x:v>1709</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="n">
+      <x:c r="F37" s="1">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="G37" s="1" t="n">
+      <x:c r="G37" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H37" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I37" s="1" t="n">
+      <x:c r="H37" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I37" s="1">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="J37" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K37" s="1" t="n">
+      <x:c r="J37" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K37" s="1">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="L37" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M37" s="1" t="n">
+      <x:c r="L37" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M37" s="1">
         <x:v>1369</x:v>
       </x:c>
-      <x:c r="N37" s="1" t="n">
+      <x:c r="N37" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="O37" s="10" t="n">
+      <x:c r="O37" s="10">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="P37" s="1" t="n">
+      <x:c r="P37" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="Q37" s="1" t="n">
+      <x:c r="Q37" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="R37" s="1" t="n">
+      <x:c r="R37" s="1">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="S37" s="1" t="n">
+      <x:c r="S37" s="1">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="T37" s="1" t="n">
+      <x:c r="T37" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="U37" s="1" t="n">
+      <x:c r="U37" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="V37" s="1" t="n">
+      <x:c r="V37" s="1">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="W37" s="1" t="n">
+      <x:c r="W37" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X37" s="1" t="n">
+      <x:c r="X37" s="1">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="Y37" s="11" t="n">
+      <x:c r="Y37" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:25">
       <x:c r="A38" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B38" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C38" s="9" t="n">
+      <x:c r="C38" s="9">
         <x:v>1577</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E38" s="1" t="n">
+      <x:c r="D38" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E38" s="1">
         <x:v>1577</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="n">
+      <x:c r="F38" s="1">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="G38" s="1" t="n">
+      <x:c r="G38" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I38" s="1" t="n">
+      <x:c r="H38" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I38" s="1">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="J38" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K38" s="1" t="n">
+      <x:c r="J38" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K38" s="1">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="L38" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M38" s="1" t="n">
+      <x:c r="L38" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M38" s="1">
         <x:v>1391</x:v>
       </x:c>
-      <x:c r="N38" s="1" t="n">
+      <x:c r="N38" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O38" s="10" t="n">
+      <x:c r="O38" s="10">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="P38" s="1" t="n">
+      <x:c r="P38" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q38" s="1" t="n">
+      <x:c r="Q38" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="R38" s="1" t="n">
+      <x:c r="R38" s="1">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="S38" s="1" t="n">
+      <x:c r="S38" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="T38" s="1" t="n">
+      <x:c r="T38" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U38" s="1" t="n">
+      <x:c r="U38" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V38" s="1" t="n">
+      <x:c r="V38" s="1">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="W38" s="1" t="n">
+      <x:c r="W38" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="X38" s="1" t="n">
+      <x:c r="X38" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Y38" s="11" t="n">
+      <x:c r="Y38" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:25">
       <x:c r="A39" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B39" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C39" s="9" t="n">
+      <x:c r="C39" s="9">
         <x:v>1236</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E39" s="1" t="n">
+      <x:c r="D39" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E39" s="1">
         <x:v>1236</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="n">
+      <x:c r="F39" s="1">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="G39" s="1" t="n">
+      <x:c r="G39" s="1">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="H39" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I39" s="1" t="n">
+      <x:c r="H39" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I39" s="1">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="J39" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K39" s="1" t="n">
+      <x:c r="J39" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K39" s="1">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="L39" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M39" s="1" t="n">
+      <x:c r="L39" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M39" s="1">
         <x:v>1101</x:v>
       </x:c>
-      <x:c r="N39" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O39" s="10" t="n">
+      <x:c r="N39" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O39" s="10">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="P39" s="1" t="n">
+      <x:c r="P39" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q39" s="1" t="n">
+      <x:c r="Q39" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="R39" s="1" t="n">
+      <x:c r="R39" s="1">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="S39" s="1" t="n">
+      <x:c r="S39" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="T39" s="1" t="n">
+      <x:c r="T39" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U39" s="1" t="n">
+      <x:c r="U39" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="V39" s="1" t="n">
+      <x:c r="V39" s="1">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="W39" s="1" t="n">
+      <x:c r="W39" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="X39" s="1" t="n">
+      <x:c r="X39" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Y39" s="11" t="n">
+      <x:c r="Y39" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:25">
       <x:c r="A40" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B40" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C40" s="9" t="n">
+      <x:c r="C40" s="9">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E40" s="1" t="n">
+      <x:c r="D40" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E40" s="1">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="n">
+      <x:c r="F40" s="1">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="G40" s="1" t="n">
+      <x:c r="G40" s="1">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="H40" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I40" s="1" t="n">
+      <x:c r="H40" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I40" s="1">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="J40" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K40" s="1" t="n">
+      <x:c r="J40" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K40" s="1">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="L40" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M40" s="1" t="n">
+      <x:c r="L40" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M40" s="1">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="N40" s="1" t="n">
+      <x:c r="N40" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O40" s="10" t="n">
+      <x:c r="O40" s="10">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="P40" s="1" t="n">
+      <x:c r="P40" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="Q40" s="1" t="n">
+      <x:c r="Q40" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="R40" s="1" t="n">
+      <x:c r="R40" s="1">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="S40" s="1" t="n">
+      <x:c r="S40" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="T40" s="1" t="n">
+      <x:c r="T40" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U40" s="1" t="n">
+      <x:c r="U40" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="V40" s="1" t="n">
+      <x:c r="V40" s="1">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="W40" s="1" t="n">
+      <x:c r="W40" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="X40" s="1" t="n">
+      <x:c r="X40" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="Y40" s="11" t="n">
+      <x:c r="Y40" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:25">
       <x:c r="A41" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B41" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C41" s="9" t="n">
+      <x:c r="C41" s="9">
         <x:v>1527</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E41" s="1" t="n">
+      <x:c r="D41" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E41" s="1">
         <x:v>1527</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="n">
+      <x:c r="F41" s="1">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="G41" s="1" t="n">
+      <x:c r="G41" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H41" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I41" s="1" t="n">
+      <x:c r="H41" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I41" s="1">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="J41" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K41" s="1" t="n">
+      <x:c r="J41" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K41" s="1">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="L41" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M41" s="1" t="n">
+      <x:c r="L41" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M41" s="1">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="N41" s="1" t="n">
+      <x:c r="N41" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="O41" s="10" t="n">
+      <x:c r="O41" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P41" s="1" t="n">
+      <x:c r="P41" s="1">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="Q41" s="1" t="n">
+      <x:c r="Q41" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="R41" s="1" t="n">
+      <x:c r="R41" s="1">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="S41" s="1" t="n">
+      <x:c r="S41" s="1">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="T41" s="1" t="n">
+      <x:c r="T41" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U41" s="1" t="n">
+      <x:c r="U41" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="V41" s="1" t="n">
+      <x:c r="V41" s="1">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="W41" s="1" t="n">
+      <x:c r="W41" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X41" s="1" t="n">
+      <x:c r="X41" s="1">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="Y41" s="11" t="n">
+      <x:c r="Y41" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:25">
       <x:c r="A42" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C42" s="9" t="n">
+      <x:c r="C42" s="9">
         <x:v>1688</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E42" s="1" t="n">
+      <x:c r="D42" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E42" s="1">
         <x:v>1688</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="n">
+      <x:c r="F42" s="1">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="G42" s="1" t="n">
+      <x:c r="G42" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H42" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I42" s="1" t="n">
+      <x:c r="H42" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I42" s="1">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="J42" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K42" s="1" t="n">
+      <x:c r="J42" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K42" s="1">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="L42" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M42" s="1" t="n">
+      <x:c r="L42" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M42" s="1">
         <x:v>1350</x:v>
       </x:c>
-      <x:c r="N42" s="1" t="n">
+      <x:c r="N42" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O42" s="10" t="n">
+      <x:c r="O42" s="10">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="P42" s="1" t="n">
+      <x:c r="P42" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q42" s="1" t="n">
+      <x:c r="Q42" s="1">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="R42" s="1" t="n">
+      <x:c r="R42" s="1">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="S42" s="1" t="n">
+      <x:c r="S42" s="1">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="T42" s="1" t="n">
+      <x:c r="T42" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U42" s="1" t="n">
+      <x:c r="U42" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="V42" s="1" t="n">
+      <x:c r="V42" s="1">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="W42" s="1" t="n">
+      <x:c r="W42" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X42" s="1" t="n">
+      <x:c r="X42" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="Y42" s="11" t="n">
+      <x:c r="Y42" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:25">
       <x:c r="A43" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B43" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C43" s="9" t="n">
+      <x:c r="C43" s="9">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E43" s="1" t="n">
+      <x:c r="D43" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E43" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="n">
+      <x:c r="F43" s="1">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="G43" s="1" t="n">
+      <x:c r="G43" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H43" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I43" s="1" t="n">
+      <x:c r="H43" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I43" s="1">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="J43" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K43" s="1" t="n">
+      <x:c r="J43" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K43" s="1">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="L43" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M43" s="1" t="n">
+      <x:c r="L43" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M43" s="1">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="N43" s="1" t="n">
+      <x:c r="N43" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O43" s="10" t="n">
+      <x:c r="O43" s="10">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="P43" s="1" t="n">
+      <x:c r="P43" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q43" s="1" t="n">
+      <x:c r="Q43" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="R43" s="1" t="n">
+      <x:c r="R43" s="1">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="S43" s="1" t="n">
+      <x:c r="S43" s="1">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="T43" s="1" t="n">
+      <x:c r="T43" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U43" s="1" t="n">
+      <x:c r="U43" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="V43" s="1" t="n">
+      <x:c r="V43" s="1">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="W43" s="1" t="n">
+      <x:c r="W43" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X43" s="1" t="n">
+      <x:c r="X43" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="Y43" s="11" t="n">
+      <x:c r="Y43" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:25">
       <x:c r="A44" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B44" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C44" s="9" t="n">
+      <x:c r="C44" s="9">
         <x:v>1377</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E44" s="1" t="n">
+      <x:c r="D44" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E44" s="1">
         <x:v>1377</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="n">
+      <x:c r="F44" s="1">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="G44" s="1" t="n">
+      <x:c r="G44" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H44" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I44" s="1" t="n">
+      <x:c r="H44" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I44" s="1">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="J44" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K44" s="1" t="n">
+      <x:c r="J44" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K44" s="1">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="L44" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M44" s="1" t="n">
+      <x:c r="L44" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M44" s="1">
         <x:v>1048</x:v>
       </x:c>
-      <x:c r="N44" s="1" t="n">
+      <x:c r="N44" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O44" s="10" t="n">
+      <x:c r="O44" s="10">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="P44" s="1" t="n">
+      <x:c r="P44" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="Q44" s="1" t="n">
+      <x:c r="Q44" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="R44" s="1" t="n">
+      <x:c r="R44" s="1">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="S44" s="1" t="n">
+      <x:c r="S44" s="1">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="T44" s="1" t="n">
+      <x:c r="T44" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="U44" s="1" t="n">
+      <x:c r="U44" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="V44" s="1" t="n">
+      <x:c r="V44" s="1">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="W44" s="1" t="n">
+      <x:c r="W44" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X44" s="1" t="n">
+      <x:c r="X44" s="1">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="Y44" s="11" t="n">
+      <x:c r="Y44" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:25">
       <x:c r="A45" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C45" s="9" t="n">
+      <x:c r="C45" s="9">
         <x:v>1430</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E45" s="1" t="n">
+      <x:c r="D45" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E45" s="1">
         <x:v>1430</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="n">
+      <x:c r="F45" s="1">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="G45" s="1" t="n">
+      <x:c r="G45" s="1">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I45" s="1" t="n">
+      <x:c r="H45" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I45" s="1">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="J45" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K45" s="1" t="n">
+      <x:c r="J45" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K45" s="1">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="L45" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M45" s="1" t="n">
+      <x:c r="L45" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M45" s="1">
         <x:v>1143</x:v>
       </x:c>
-      <x:c r="N45" s="1" t="n">
+      <x:c r="N45" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O45" s="10" t="n">
+      <x:c r="O45" s="10">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="P45" s="1" t="n">
+      <x:c r="P45" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q45" s="1" t="n">
+      <x:c r="Q45" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="R45" s="1" t="n">
+      <x:c r="R45" s="1">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="S45" s="1" t="n">
+      <x:c r="S45" s="1">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="T45" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="U45" s="1" t="n">
+      <x:c r="T45" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U45" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="V45" s="1" t="n">
+      <x:c r="V45" s="1">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="W45" s="1" t="n">
+      <x:c r="W45" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X45" s="1" t="n">
+      <x:c r="X45" s="1">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="Y45" s="11" t="n">
+      <x:c r="Y45" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:25">
       <x:c r="A46" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B46" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="C46" s="9" t="n">
+      <x:c r="C46" s="9">
         <x:v>1145</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E46" s="1" t="n">
+      <x:c r="D46" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E46" s="1">
         <x:v>1145</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="n">
+      <x:c r="F46" s="1">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="G46" s="1" t="n">
+      <x:c r="G46" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H46" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I46" s="1" t="n">
+      <x:c r="H46" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I46" s="1">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="J46" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K46" s="1" t="n">
+      <x:c r="J46" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K46" s="1">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="L46" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M46" s="1" t="n">
+      <x:c r="L46" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M46" s="1">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="N46" s="1" t="n">
+      <x:c r="N46" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="O46" s="10" t="n">
+      <x:c r="O46" s="10">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="P46" s="1" t="n">
+      <x:c r="P46" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="Q46" s="1" t="n">
+      <x:c r="Q46" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="R46" s="1" t="n">
+      <x:c r="R46" s="1">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="S46" s="1" t="n">
+      <x:c r="S46" s="1">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="T46" s="1" t="n">
+      <x:c r="T46" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U46" s="1" t="n">
+      <x:c r="U46" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="V46" s="1" t="n">
+      <x:c r="V46" s="1">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="W46" s="1" t="n">
+      <x:c r="W46" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="X46" s="1" t="n">
+      <x:c r="X46" s="1">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="Y46" s="11" t="n">
+      <x:c r="Y46" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:25">
       <x:c r="A47" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B47" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C47" s="9" t="n">
+      <x:c r="C47" s="9">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E47" s="1" t="n">
+      <x:c r="D47" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E47" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="n">
+      <x:c r="F47" s="1">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="G47" s="1" t="n">
+      <x:c r="G47" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H47" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I47" s="1" t="n">
+      <x:c r="H47" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I47" s="1">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="J47" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K47" s="1" t="n">
+      <x:c r="J47" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K47" s="1">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="L47" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M47" s="1" t="n">
+      <x:c r="L47" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M47" s="1">
         <x:v>970</x:v>
       </x:c>
-      <x:c r="N47" s="1" t="n">
+      <x:c r="N47" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O47" s="10" t="n">
+      <x:c r="O47" s="10">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="P47" s="1" t="n">
+      <x:c r="P47" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Q47" s="1" t="n">
+      <x:c r="Q47" s="1">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="R47" s="1" t="n">
+      <x:c r="R47" s="1">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="S47" s="1" t="n">
+      <x:c r="S47" s="1">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="T47" s="1" t="n">
+      <x:c r="T47" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="U47" s="1" t="n">
+      <x:c r="U47" s="1">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="V47" s="1" t="n">
+      <x:c r="V47" s="1">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="W47" s="1" t="n">
+      <x:c r="W47" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="X47" s="1" t="n">
+      <x:c r="X47" s="1">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="Y47" s="11" t="n">
+      <x:c r="Y47" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:25">
       <x:c r="A48" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B48" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C48" s="9" t="n">
+      <x:c r="C48" s="9">
         <x:v>1702</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E48" s="1" t="n">
+      <x:c r="D48" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E48" s="1">
         <x:v>1702</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="n">
+      <x:c r="F48" s="1">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="G48" s="1" t="n">
+      <x:c r="G48" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H48" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I48" s="1" t="n">
+      <x:c r="H48" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I48" s="1">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="J48" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K48" s="1" t="n">
+      <x:c r="J48" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K48" s="1">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="L48" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M48" s="1" t="n">
+      <x:c r="L48" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M48" s="1">
         <x:v>1326</x:v>
       </x:c>
-      <x:c r="N48" s="1" t="n">
+      <x:c r="N48" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="O48" s="10" t="n">
+      <x:c r="O48" s="10">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="P48" s="1" t="n">
+      <x:c r="P48" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q48" s="1" t="n">
+      <x:c r="Q48" s="1">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="R48" s="1" t="n">
+      <x:c r="R48" s="1">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="S48" s="1" t="n">
+      <x:c r="S48" s="1">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="T48" s="1" t="n">
+      <x:c r="T48" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="U48" s="1" t="n">
+      <x:c r="U48" s="1">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="V48" s="1" t="n">
+      <x:c r="V48" s="1">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="W48" s="1" t="n">
+      <x:c r="W48" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X48" s="1" t="n">
+      <x:c r="X48" s="1">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="Y48" s="11" t="n">
+      <x:c r="Y48" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:25">
       <x:c r="A49" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B49" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C49" s="9" t="n">
+      <x:c r="C49" s="9">
         <x:v>1664</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E49" s="1" t="n">
+      <x:c r="D49" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E49" s="1">
         <x:v>1664</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="n">
+      <x:c r="F49" s="1">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="G49" s="1" t="n">
+      <x:c r="G49" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H49" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I49" s="1" t="n">
+      <x:c r="H49" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I49" s="1">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="J49" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K49" s="1" t="n">
+      <x:c r="J49" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K49" s="1">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="L49" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M49" s="1" t="n">
+      <x:c r="L49" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M49" s="1">
         <x:v>1303</x:v>
       </x:c>
-      <x:c r="N49" s="1" t="n">
+      <x:c r="N49" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O49" s="10" t="n">
+      <x:c r="O49" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P49" s="1" t="n">
+      <x:c r="P49" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q49" s="1" t="n">
+      <x:c r="Q49" s="1">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="R49" s="1" t="n">
+      <x:c r="R49" s="1">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="S49" s="1" t="n">
+      <x:c r="S49" s="1">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="T49" s="1" t="n">
+      <x:c r="T49" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="U49" s="1" t="n">
+      <x:c r="U49" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="V49" s="1" t="n">
+      <x:c r="V49" s="1">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="W49" s="1" t="n">
+      <x:c r="W49" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="X49" s="1" t="n">
+      <x:c r="X49" s="1">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="Y49" s="11" t="n">
+      <x:c r="Y49" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:25">
       <x:c r="A50" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B50" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C50" s="9" t="n">
+      <x:c r="C50" s="9">
         <x:v>1723</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E50" s="1" t="n">
+      <x:c r="D50" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E50" s="1">
         <x:v>1723</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="n">
+      <x:c r="F50" s="1">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="G50" s="1" t="n">
+      <x:c r="G50" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H50" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I50" s="1" t="n">
+      <x:c r="H50" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I50" s="1">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="J50" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K50" s="1" t="n">
+      <x:c r="J50" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K50" s="1">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="L50" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M50" s="1" t="n">
+      <x:c r="L50" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M50" s="1">
         <x:v>1374</x:v>
       </x:c>
-      <x:c r="N50" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O50" s="10" t="n">
+      <x:c r="N50" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O50" s="10">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="P50" s="1" t="n">
+      <x:c r="P50" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q50" s="1" t="n">
+      <x:c r="Q50" s="1">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="R50" s="1" t="n">
+      <x:c r="R50" s="1">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="S50" s="1" t="n">
+      <x:c r="S50" s="1">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="T50" s="1" t="n">
+      <x:c r="T50" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U50" s="1" t="n">
+      <x:c r="U50" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V50" s="1" t="n">
+      <x:c r="V50" s="1">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="W50" s="1" t="n">
+      <x:c r="W50" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="X50" s="1" t="n">
+      <x:c r="X50" s="1">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="Y50" s="11" t="n">
+      <x:c r="Y50" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:25">
       <x:c r="A51" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B51" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C51" s="9" t="n">
+      <x:c r="C51" s="9">
         <x:v>1479</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E51" s="1" t="n">
+      <x:c r="D51" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E51" s="1">
         <x:v>1479</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="n">
+      <x:c r="F51" s="1">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="G51" s="1" t="n">
+      <x:c r="G51" s="1">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="H51" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I51" s="1" t="n">
+      <x:c r="H51" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I51" s="1">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="J51" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K51" s="1" t="n">
+      <x:c r="J51" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K51" s="1">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="L51" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M51" s="1" t="n">
+      <x:c r="L51" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M51" s="1">
         <x:v>1140</x:v>
       </x:c>
-      <x:c r="N51" s="1" t="n">
+      <x:c r="N51" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O51" s="10" t="n">
+      <x:c r="O51" s="10">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="P51" s="1" t="n">
+      <x:c r="P51" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q51" s="1" t="n">
+      <x:c r="Q51" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="R51" s="1" t="n">
+      <x:c r="R51" s="1">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S51" s="1" t="n">
+      <x:c r="S51" s="1">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="T51" s="1" t="n">
+      <x:c r="T51" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U51" s="1" t="n">
+      <x:c r="U51" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V51" s="1" t="n">
+      <x:c r="V51" s="1">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="W51" s="1" t="n">
+      <x:c r="W51" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X51" s="1" t="n">
+      <x:c r="X51" s="1">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="Y51" s="11" t="n">
+      <x:c r="Y51" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:25">
       <x:c r="A52" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B52" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C52" s="9" t="n">
+      <x:c r="C52" s="9">
         <x:v>1593</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E52" s="1" t="n">
+      <x:c r="D52" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E52" s="1">
         <x:v>1593</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="n">
+      <x:c r="F52" s="1">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="G52" s="1" t="n">
+      <x:c r="G52" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H52" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I52" s="1" t="n">
+      <x:c r="H52" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I52" s="1">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="J52" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K52" s="1" t="n">
+      <x:c r="J52" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K52" s="1">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="L52" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M52" s="1" t="n">
+      <x:c r="L52" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M52" s="1">
         <x:v>1289</x:v>
       </x:c>
-      <x:c r="N52" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O52" s="10" t="n">
+      <x:c r="N52" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O52" s="10">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="P52" s="1" t="n">
+      <x:c r="P52" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="Q52" s="1" t="n">
+      <x:c r="Q52" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="R52" s="1" t="n">
+      <x:c r="R52" s="1">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="S52" s="1" t="n">
+      <x:c r="S52" s="1">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="T52" s="1" t="n">
+      <x:c r="T52" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U52" s="1" t="n">
+      <x:c r="U52" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="V52" s="1" t="n">
+      <x:c r="V52" s="1">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="W52" s="1" t="n">
+      <x:c r="W52" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="X52" s="1" t="n">
+      <x:c r="X52" s="1">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="Y52" s="11" t="n">
+      <x:c r="Y52" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:25">
       <x:c r="A53" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B53" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C53" s="9" t="n">
+      <x:c r="C53" s="9">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E53" s="1" t="n">
+      <x:c r="D53" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E53" s="1">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="n">
+      <x:c r="F53" s="1">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="G53" s="1" t="n">
+      <x:c r="G53" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H53" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I53" s="1" t="n">
+      <x:c r="H53" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I53" s="1">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="J53" s="1" t="n">
+      <x:c r="J53" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K53" s="1" t="n">
+      <x:c r="K53" s="1">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="L53" s="1" t="n">
+      <x:c r="L53" s="1">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="M53" s="1" t="n">
+      <x:c r="M53" s="1">
         <x:v>1020</x:v>
       </x:c>
-      <x:c r="N53" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O53" s="10" t="n">
+      <x:c r="N53" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O53" s="10">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="P53" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="Q53" s="1" t="n">
+      <x:c r="P53" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q53" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="R53" s="1" t="n">
+      <x:c r="R53" s="1">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="S53" s="1" t="n">
+      <x:c r="S53" s="1">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="T53" s="1" t="n">
+      <x:c r="T53" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U53" s="1" t="n">
+      <x:c r="U53" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="V53" s="1" t="n">
+      <x:c r="V53" s="1">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="W53" s="1" t="n">
+      <x:c r="W53" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X53" s="1" t="n">
+      <x:c r="X53" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Y53" s="11" t="n">
+      <x:c r="Y53" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:25">
       <x:c r="A54" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B54" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C54" s="9" t="n">
+      <x:c r="C54" s="9">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E54" s="1" t="n">
+      <x:c r="D54" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E54" s="1">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="n">
+      <x:c r="F54" s="1">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="G54" s="1" t="n">
+      <x:c r="G54" s="1">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="H54" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I54" s="1" t="n">
+      <x:c r="H54" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I54" s="1">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="J54" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K54" s="1" t="n">
+      <x:c r="J54" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K54" s="1">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="L54" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M54" s="1" t="n">
+      <x:c r="L54" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M54" s="1">
         <x:v>1220</x:v>
       </x:c>
-      <x:c r="N54" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O54" s="10" t="n">
+      <x:c r="N54" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O54" s="10">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="P54" s="1" t="n">
+      <x:c r="P54" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q54" s="1" t="n">
+      <x:c r="Q54" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="R54" s="1" t="n">
+      <x:c r="R54" s="1">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="S54" s="1" t="n">
+      <x:c r="S54" s="1">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="T54" s="1" t="n">
+      <x:c r="T54" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U54" s="1" t="n">
+      <x:c r="U54" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="V54" s="1" t="n">
+      <x:c r="V54" s="1">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="W54" s="1" t="n">
+      <x:c r="W54" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="X54" s="1" t="n">
+      <x:c r="X54" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="Y54" s="11" t="n">
+      <x:c r="Y54" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:25">
       <x:c r="A55" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C55" s="9" t="n">
+      <x:c r="C55" s="9">
         <x:v>1622</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E55" s="1" t="n">
+      <x:c r="D55" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E55" s="1">
         <x:v>1622</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="n">
+      <x:c r="F55" s="1">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="G55" s="1" t="n">
+      <x:c r="G55" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H55" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I55" s="1" t="n">
+      <x:c r="H55" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I55" s="1">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="J55" s="1" t="n">
+      <x:c r="J55" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K55" s="1" t="n">
+      <x:c r="K55" s="1">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="L55" s="1" t="n">
+      <x:c r="L55" s="1">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="M55" s="1" t="n">
+      <x:c r="M55" s="1">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="N55" s="1" t="n">
+      <x:c r="N55" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="O55" s="10" t="n">
+      <x:c r="O55" s="10">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="P55" s="1" t="n">
+      <x:c r="P55" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Q55" s="1" t="n">
+      <x:c r="Q55" s="1">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="R55" s="1" t="n">
+      <x:c r="R55" s="1">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="S55" s="1" t="n">
+      <x:c r="S55" s="1">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="T55" s="1" t="n">
+      <x:c r="T55" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U55" s="1" t="n">
+      <x:c r="U55" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="V55" s="1" t="n">
+      <x:c r="V55" s="1">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="W55" s="1" t="n">
+      <x:c r="W55" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="X55" s="1" t="n">
+      <x:c r="X55" s="1">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="Y55" s="11" t="n">
+      <x:c r="Y55" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:25">
       <x:c r="A56" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B56" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C56" s="9" t="n">
+      <x:c r="C56" s="9">
         <x:v>1495</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E56" s="1" t="n">
+      <x:c r="D56" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E56" s="1">
         <x:v>1495</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="n">
+      <x:c r="F56" s="1">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="G56" s="1" t="n">
+      <x:c r="G56" s="1">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="H56" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I56" s="1" t="n">
+      <x:c r="H56" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I56" s="1">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="J56" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K56" s="1" t="n">
+      <x:c r="J56" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K56" s="1">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="L56" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M56" s="1" t="n">
+      <x:c r="L56" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M56" s="1">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="N56" s="1" t="n">
+      <x:c r="N56" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="O56" s="10" t="n">
+      <x:c r="O56" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P56" s="1" t="n">
+      <x:c r="P56" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q56" s="1" t="n">
+      <x:c r="Q56" s="1">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="R56" s="1" t="n">
+      <x:c r="R56" s="1">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="S56" s="1" t="n">
+      <x:c r="S56" s="1">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="T56" s="1" t="n">
+      <x:c r="T56" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="U56" s="1" t="n">
+      <x:c r="U56" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="V56" s="1" t="n">
+      <x:c r="V56" s="1">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="W56" s="1" t="n">
+      <x:c r="W56" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X56" s="1" t="n">
+      <x:c r="X56" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="Y56" s="11" t="n">
+      <x:c r="Y56" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:25">
       <x:c r="A57" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B57" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C57" s="9" t="n">
+      <x:c r="C57" s="9">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E57" s="1" t="n">
+      <x:c r="D57" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E57" s="1">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="n">
+      <x:c r="F57" s="1">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="G57" s="1" t="n">
+      <x:c r="G57" s="1">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="H57" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I57" s="1" t="n">
+      <x:c r="H57" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I57" s="1">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="J57" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K57" s="1" t="n">
+      <x:c r="J57" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K57" s="1">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="L57" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M57" s="1" t="n">
+      <x:c r="L57" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M57" s="1">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="N57" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O57" s="10" t="n">
+      <x:c r="N57" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O57" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P57" s="1" t="n">
+      <x:c r="P57" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q57" s="1" t="n">
+      <x:c r="Q57" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="R57" s="1" t="n">
+      <x:c r="R57" s="1">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="S57" s="1" t="n">
+      <x:c r="S57" s="1">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="T57" s="1" t="n">
+      <x:c r="T57" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U57" s="1" t="n">
+      <x:c r="U57" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="V57" s="1" t="n">
+      <x:c r="V57" s="1">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="W57" s="1" t="n">
+      <x:c r="W57" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="X57" s="1" t="n">
+      <x:c r="X57" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="Y57" s="11" t="n">
+      <x:c r="Y57" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:25">
       <x:c r="A58" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B58" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C58" s="9" t="n">
+      <x:c r="C58" s="9">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E58" s="1" t="n">
+      <x:c r="D58" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E58" s="1">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="n">
+      <x:c r="F58" s="1">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="G58" s="1" t="n">
+      <x:c r="G58" s="1">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="H58" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I58" s="1" t="n">
+      <x:c r="H58" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I58" s="1">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="J58" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K58" s="1" t="n">
+      <x:c r="J58" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K58" s="1">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="L58" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M58" s="1" t="n">
+      <x:c r="L58" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M58" s="1">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="N58" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O58" s="10" t="n">
+      <x:c r="N58" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O58" s="10">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="P58" s="1" t="n">
+      <x:c r="P58" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Q58" s="1" t="n">
+      <x:c r="Q58" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="R58" s="1" t="n">
+      <x:c r="R58" s="1">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="S58" s="1" t="n">
+      <x:c r="S58" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="T58" s="1" t="n">
+      <x:c r="T58" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U58" s="1" t="n">
+      <x:c r="U58" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="V58" s="1" t="n">
+      <x:c r="V58" s="1">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="W58" s="1" t="n">
+      <x:c r="W58" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="X58" s="1" t="n">
+      <x:c r="X58" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Y58" s="11" t="n">
+      <x:c r="Y58" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:25">
       <x:c r="A59" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B59" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C59" s="9" t="n">
+      <x:c r="C59" s="9">
         <x:v>1372</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E59" s="1" t="n">
+      <x:c r="D59" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E59" s="1">
         <x:v>1372</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="n">
+      <x:c r="F59" s="1">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="n">
+      <x:c r="G59" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H59" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I59" s="1" t="n">
+      <x:c r="H59" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I59" s="1">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="J59" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K59" s="1" t="n">
+      <x:c r="J59" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K59" s="1">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="L59" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M59" s="1" t="n">
+      <x:c r="L59" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M59" s="1">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="N59" s="1" t="n">
+      <x:c r="N59" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O59" s="10" t="n">
+      <x:c r="O59" s="10">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="P59" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="Q59" s="1" t="n">
+      <x:c r="P59" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q59" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="R59" s="1" t="n">
+      <x:c r="R59" s="1">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="S59" s="1" t="n">
+      <x:c r="S59" s="1">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="T59" s="1" t="n">
+      <x:c r="T59" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="U59" s="1" t="n">
+      <x:c r="U59" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="V59" s="1" t="n">
+      <x:c r="V59" s="1">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="W59" s="1" t="n">
+      <x:c r="W59" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="X59" s="1" t="n">
+      <x:c r="X59" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="Y59" s="11" t="n">
+      <x:c r="Y59" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:25">
       <x:c r="A60" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="C60" s="9" t="n">
+      <x:c r="C60" s="9">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E60" s="1" t="n">
+      <x:c r="D60" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E60" s="1">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="n">
+      <x:c r="F60" s="1">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="G60" s="1" t="n">
+      <x:c r="G60" s="1">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="H60" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I60" s="1" t="n">
+      <x:c r="H60" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I60" s="1">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="J60" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K60" s="1" t="n">
+      <x:c r="J60" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K60" s="1">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="L60" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M60" s="1" t="n">
+      <x:c r="L60" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M60" s="1">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="N60" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O60" s="10" t="n">
+      <x:c r="N60" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O60" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P60" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="Q60" s="1" t="n">
+      <x:c r="P60" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q60" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="R60" s="1" t="n">
+      <x:c r="R60" s="1">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="S60" s="1" t="n">
+      <x:c r="S60" s="1">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="T60" s="1" t="n">
+      <x:c r="T60" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U60" s="1" t="n">
+      <x:c r="U60" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="V60" s="1" t="n">
+      <x:c r="V60" s="1">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="W60" s="1" t="n">
+      <x:c r="W60" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="X60" s="1" t="n">
+      <x:c r="X60" s="1">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="Y60" s="11" t="n">
+      <x:c r="Y60" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:25">
       <x:c r="A61" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B61" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C61" s="9" t="n">
+      <x:c r="C61" s="9">
         <x:v>1502</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E61" s="1" t="n">
+      <x:c r="D61" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E61" s="1">
         <x:v>1502</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="n">
+      <x:c r="F61" s="1">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="G61" s="1" t="n">
+      <x:c r="G61" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H61" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I61" s="1" t="n">
+      <x:c r="H61" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I61" s="1">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="J61" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K61" s="1" t="n">
+      <x:c r="J61" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K61" s="1">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="L61" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M61" s="1" t="n">
+      <x:c r="L61" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M61" s="1">
         <x:v>1262</x:v>
       </x:c>
-      <x:c r="N61" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O61" s="10" t="n">
+      <x:c r="N61" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O61" s="10">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="P61" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="Q61" s="1" t="n">
+      <x:c r="P61" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q61" s="1">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="R61" s="1" t="n">
+      <x:c r="R61" s="1">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="S61" s="1" t="n">
+      <x:c r="S61" s="1">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="T61" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="U61" s="1" t="n">
+      <x:c r="T61" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U61" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="V61" s="1" t="n">
+      <x:c r="V61" s="1">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="W61" s="1" t="n">
+      <x:c r="W61" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="X61" s="1" t="n">
+      <x:c r="X61" s="1">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="Y61" s="11" t="n">
+      <x:c r="Y61" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:25">
       <x:c r="A62" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B62" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="C62" s="9" t="n">
+      <x:c r="C62" s="9">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E62" s="1" t="n">
+      <x:c r="D62" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E62" s="1">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="n">
+      <x:c r="F62" s="1">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="G62" s="1" t="n">
+      <x:c r="G62" s="1">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="H62" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I62" s="1" t="n">
+      <x:c r="H62" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I62" s="1">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="J62" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K62" s="1" t="n">
+      <x:c r="J62" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K62" s="1">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="L62" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M62" s="1" t="n">
+      <x:c r="L62" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M62" s="1">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="N62" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O62" s="10" t="n">
+      <x:c r="N62" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O62" s="10">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="P62" s="1" t="n">
+      <x:c r="P62" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q62" s="1" t="n">
+      <x:c r="Q62" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="R62" s="1" t="n">
+      <x:c r="R62" s="1">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="S62" s="1" t="n">
+      <x:c r="S62" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="T62" s="1" t="n">
+      <x:c r="T62" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="U62" s="1" t="n">
+      <x:c r="U62" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V62" s="1" t="n">
+      <x:c r="V62" s="1">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="W62" s="1" t="n">
+      <x:c r="W62" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X62" s="1" t="n">
+      <x:c r="X62" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Y62" s="11" t="n">
+      <x:c r="Y62" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:25">
       <x:c r="A63" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B63" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C63" s="9" t="n">
+      <x:c r="C63" s="9">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E63" s="1" t="n">
+      <x:c r="D63" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E63" s="1">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="n">
+      <x:c r="F63" s="1">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="G63" s="1" t="n">
+      <x:c r="G63" s="1">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="H63" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I63" s="1" t="n">
+      <x:c r="H63" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I63" s="1">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="J63" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K63" s="1" t="n">
+      <x:c r="J63" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K63" s="1">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="L63" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M63" s="1" t="n">
+      <x:c r="L63" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M63" s="1">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="N63" s="1" t="n">
+      <x:c r="N63" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O63" s="10" t="n">
+      <x:c r="O63" s="10">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="P63" s="1" t="n">
+      <x:c r="P63" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q63" s="1" t="n">
+      <x:c r="Q63" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="R63" s="1" t="n">
+      <x:c r="R63" s="1">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="S63" s="1" t="n">
+      <x:c r="S63" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="T63" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="U63" s="1" t="n">
+      <x:c r="T63" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U63" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="V63" s="1" t="n">
+      <x:c r="V63" s="1">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="W63" s="1" t="n">
+      <x:c r="W63" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="X63" s="1" t="n">
+      <x:c r="X63" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Y63" s="11" t="n">
+      <x:c r="Y63" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:25">
       <x:c r="A64" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B64" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C64" s="9" t="n">
+      <x:c r="C64" s="9">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E64" s="1" t="n">
+      <x:c r="D64" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E64" s="1">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="n">
+      <x:c r="F64" s="1">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="G64" s="1" t="n">
+      <x:c r="G64" s="1">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="H64" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I64" s="1" t="n">
+      <x:c r="H64" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I64" s="1">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="J64" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K64" s="1" t="n">
+      <x:c r="J64" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K64" s="1">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="L64" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M64" s="1" t="n">
+      <x:c r="L64" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M64" s="1">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="N64" s="1" t="n">
+      <x:c r="N64" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O64" s="10" t="n">
+      <x:c r="O64" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P64" s="1" t="n">
+      <x:c r="P64" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Q64" s="1" t="n">
+      <x:c r="Q64" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="R64" s="1" t="n">
+      <x:c r="R64" s="1">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="S64" s="1" t="n">
+      <x:c r="S64" s="1">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="T64" s="1" t="n">
+      <x:c r="T64" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U64" s="1" t="n">
+      <x:c r="U64" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="V64" s="1" t="n">
+      <x:c r="V64" s="1">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="W64" s="1" t="n">
+      <x:c r="W64" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="X64" s="1" t="n">
+      <x:c r="X64" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Y64" s="11" t="n">
+      <x:c r="Y64" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:25">
       <x:c r="A65" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B65" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="C65" s="9" t="n">
+      <x:c r="C65" s="9">
         <x:v>1007</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E65" s="1" t="n">
+      <x:c r="D65" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E65" s="1">
         <x:v>1007</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="n">
+      <x:c r="F65" s="1">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="G65" s="1" t="n">
+      <x:c r="G65" s="1">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="H65" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I65" s="1" t="n">
+      <x:c r="H65" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I65" s="1">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J65" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K65" s="1" t="n">
+      <x:c r="J65" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K65" s="1">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="L65" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M65" s="1" t="n">
+      <x:c r="L65" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M65" s="1">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="N65" s="1" t="n">
+      <x:c r="N65" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O65" s="10" t="n">
+      <x:c r="O65" s="10">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="P65" s="1" t="n">
+      <x:c r="P65" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q65" s="1" t="n">
+      <x:c r="Q65" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="R65" s="1" t="n">
+      <x:c r="R65" s="1">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="S65" s="1" t="n">
+      <x:c r="S65" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="T65" s="1" t="n">
+      <x:c r="T65" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U65" s="1" t="n">
+      <x:c r="U65" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="V65" s="1" t="n">
+      <x:c r="V65" s="1">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="W65" s="1" t="n">
+      <x:c r="W65" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="X65" s="1" t="n">
+      <x:c r="X65" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="Y65" s="11" t="n">
+      <x:c r="Y65" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:25">
       <x:c r="A66" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B66" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C66" s="9" t="n">
+      <x:c r="C66" s="9">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E66" s="1" t="n">
+      <x:c r="D66" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E66" s="1">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="n">
+      <x:c r="F66" s="1">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G66" s="1" t="n">
+      <x:c r="G66" s="1">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="H66" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I66" s="1" t="n">
+      <x:c r="H66" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I66" s="1">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="J66" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K66" s="1" t="n">
+      <x:c r="J66" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K66" s="1">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="L66" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M66" s="1" t="n">
+      <x:c r="L66" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M66" s="1">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="N66" s="1" t="n">
+      <x:c r="N66" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O66" s="10" t="n">
+      <x:c r="O66" s="10">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="P66" s="1" t="n">
+      <x:c r="P66" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q66" s="1" t="n">
+      <x:c r="Q66" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="R66" s="1" t="n">
+      <x:c r="R66" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="S66" s="1" t="n">
+      <x:c r="S66" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="T66" s="1" t="n">
+      <x:c r="T66" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U66" s="1" t="n">
+      <x:c r="U66" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V66" s="1" t="n">
+      <x:c r="V66" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="W66" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="X66" s="1" t="n">
+      <x:c r="W66" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X66" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="Y66" s="11" t="n">
+      <x:c r="Y66" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:25">
       <x:c r="A67" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B67" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C67" s="9" t="n">
+      <x:c r="C67" s="9">
         <x:v>948</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E67" s="1" t="n">
+      <x:c r="D67" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E67" s="1">
         <x:v>948</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="n">
+      <x:c r="F67" s="1">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="G67" s="1" t="n">
+      <x:c r="G67" s="1">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="H67" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I67" s="1" t="n">
+      <x:c r="H67" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I67" s="1">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="J67" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K67" s="1" t="n">
+      <x:c r="J67" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K67" s="1">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="L67" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M67" s="1" t="n">
+      <x:c r="L67" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M67" s="1">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="N67" s="1" t="n">
+      <x:c r="N67" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="O67" s="10" t="n">
+      <x:c r="O67" s="10">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="P67" s="1" t="n">
+      <x:c r="P67" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q67" s="1" t="n">
+      <x:c r="Q67" s="1">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="R67" s="1" t="n">
+      <x:c r="R67" s="1">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="S67" s="1" t="n">
+      <x:c r="S67" s="1">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="T67" s="1" t="n">
+      <x:c r="T67" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="U67" s="1" t="n">
+      <x:c r="U67" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="V67" s="1" t="n">
+      <x:c r="V67" s="1">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="W67" s="1" t="n">
+      <x:c r="W67" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="X67" s="1" t="n">
+      <x:c r="X67" s="1">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="Y67" s="11" t="n">
+      <x:c r="Y67" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:25">
       <x:c r="A68" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B68" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C68" s="9" t="n">
+      <x:c r="C68" s="9">
         <x:v>1053</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E68" s="1" t="n">
+      <x:c r="D68" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E68" s="1">
         <x:v>1053</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="n">
+      <x:c r="F68" s="1">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="G68" s="1" t="n">
+      <x:c r="G68" s="1">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="H68" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I68" s="1" t="n">
+      <x:c r="H68" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I68" s="1">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="J68" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K68" s="1" t="n">
+      <x:c r="J68" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K68" s="1">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="L68" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M68" s="1" t="n">
+      <x:c r="L68" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M68" s="1">
         <x:v>877</x:v>
       </x:c>
-      <x:c r="N68" s="1" t="n">
+      <x:c r="N68" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O68" s="10" t="n">
+      <x:c r="O68" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P68" s="1" t="n">
+      <x:c r="P68" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q68" s="1" t="n">
+      <x:c r="Q68" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="R68" s="1" t="n">
+      <x:c r="R68" s="1">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="S68" s="1" t="n">
+      <x:c r="S68" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="T68" s="1" t="n">
+      <x:c r="T68" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U68" s="1" t="n">
+      <x:c r="U68" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="V68" s="1" t="n">
+      <x:c r="V68" s="1">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="W68" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="X68" s="1" t="n">
+      <x:c r="W68" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X68" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="Y68" s="11" t="n">
+      <x:c r="Y68" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:25">
       <x:c r="A69" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B69" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C69" s="9" t="n">
+      <x:c r="C69" s="9">
         <x:v>1563</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E69" s="1" t="n">
+      <x:c r="D69" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E69" s="1">
         <x:v>1563</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="n">
+      <x:c r="F69" s="1">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="G69" s="1" t="n">
+      <x:c r="G69" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H69" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I69" s="1" t="n">
+      <x:c r="H69" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I69" s="1">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="J69" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K69" s="1" t="n">
+      <x:c r="J69" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K69" s="1">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="L69" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M69" s="1" t="n">
+      <x:c r="L69" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M69" s="1">
         <x:v>1224</x:v>
       </x:c>
-      <x:c r="N69" s="1" t="n">
+      <x:c r="N69" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O69" s="10" t="n">
+      <x:c r="O69" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P69" s="1" t="n">
+      <x:c r="P69" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q69" s="1" t="n">
+      <x:c r="Q69" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="R69" s="1" t="n">
+      <x:c r="R69" s="1">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="S69" s="1" t="n">
+      <x:c r="S69" s="1">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="T69" s="1" t="n">
+      <x:c r="T69" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="U69" s="1" t="n">
+      <x:c r="U69" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="V69" s="1" t="n">
+      <x:c r="V69" s="1">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="W69" s="1" t="n">
+      <x:c r="W69" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X69" s="1" t="n">
+      <x:c r="X69" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="Y69" s="11" t="n">
+      <x:c r="Y69" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:25">
       <x:c r="A70" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B70" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C70" s="9" t="n">
+      <x:c r="C70" s="9">
         <x:v>1729</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E70" s="1" t="n">
+      <x:c r="D70" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E70" s="1">
         <x:v>1729</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="n">
+      <x:c r="F70" s="1">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="G70" s="1" t="n">
+      <x:c r="G70" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H70" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I70" s="1" t="n">
+      <x:c r="H70" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I70" s="1">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="J70" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K70" s="1" t="n">
+      <x:c r="J70" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K70" s="1">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="L70" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M70" s="1" t="n">
+      <x:c r="L70" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M70" s="1">
         <x:v>1324</x:v>
       </x:c>
-      <x:c r="N70" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O70" s="10" t="n">
+      <x:c r="N70" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O70" s="10">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="P70" s="1" t="n">
+      <x:c r="P70" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q70" s="1" t="n">
+      <x:c r="Q70" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="R70" s="1" t="n">
+      <x:c r="R70" s="1">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="S70" s="1" t="n">
+      <x:c r="S70" s="1">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="T70" s="1" t="n">
+      <x:c r="T70" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="U70" s="1" t="n">
+      <x:c r="U70" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="V70" s="1" t="n">
+      <x:c r="V70" s="1">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="W70" s="1" t="n">
+      <x:c r="W70" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="X70" s="1" t="n">
+      <x:c r="X70" s="1">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="Y70" s="11" t="n">
+      <x:c r="Y70" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:25">
       <x:c r="A71" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B71" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C71" s="9" t="n">
+      <x:c r="C71" s="9">
         <x:v>1573</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E71" s="1" t="n">
+      <x:c r="D71" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E71" s="1">
         <x:v>1573</x:v>
       </x:c>
-      <x:c r="F71" s="1" t="n">
+      <x:c r="F71" s="1">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="G71" s="1" t="n">
+      <x:c r="G71" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H71" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I71" s="1" t="n">
+      <x:c r="H71" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I71" s="1">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="J71" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K71" s="1" t="n">
+      <x:c r="J71" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K71" s="1">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="L71" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M71" s="1" t="n">
+      <x:c r="L71" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M71" s="1">
         <x:v>1209</x:v>
       </x:c>
-      <x:c r="N71" s="1" t="n">
+      <x:c r="N71" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O71" s="10" t="n">
+      <x:c r="O71" s="10">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="P71" s="1" t="n">
+      <x:c r="P71" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q71" s="1" t="n">
+      <x:c r="Q71" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="R71" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="S71" s="1" t="n">
+      <x:c r="R71" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="S71" s="1">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="T71" s="1" t="n">
+      <x:c r="T71" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U71" s="1" t="n">
+      <x:c r="U71" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="V71" s="1" t="n">
+      <x:c r="V71" s="1">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="W71" s="1" t="n">
+      <x:c r="W71" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="X71" s="1" t="n">
+      <x:c r="X71" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="Y71" s="11" t="n">
+      <x:c r="Y71" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:25">
       <x:c r="A72" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B72" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C72" s="9" t="n">
+      <x:c r="C72" s="9">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E72" s="1" t="n">
+      <x:c r="D72" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E72" s="1">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="n">
+      <x:c r="F72" s="1">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="G72" s="1" t="n">
+      <x:c r="G72" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H72" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I72" s="1" t="n">
+      <x:c r="H72" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I72" s="1">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="J72" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K72" s="1" t="n">
+      <x:c r="J72" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K72" s="1">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="L72" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M72" s="1" t="n">
+      <x:c r="L72" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M72" s="1">
         <x:v>1178</x:v>
       </x:c>
-      <x:c r="N72" s="1" t="n">
+      <x:c r="N72" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O72" s="10" t="n">
+      <x:c r="O72" s="10">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="P72" s="1" t="n">
+      <x:c r="P72" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q72" s="1" t="n">
+      <x:c r="Q72" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="R72" s="1" t="n">
+      <x:c r="R72" s="1">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="S72" s="1" t="n">
+      <x:c r="S72" s="1">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="T72" s="1" t="n">
+      <x:c r="T72" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U72" s="1" t="n">
+      <x:c r="U72" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="V72" s="1" t="n">
+      <x:c r="V72" s="1">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="W72" s="1" t="n">
+      <x:c r="W72" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="X72" s="1" t="n">
+      <x:c r="X72" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="Y72" s="11" t="n">
+      <x:c r="Y72" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:25">
       <x:c r="A73" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B73" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C73" s="9" t="n">
+      <x:c r="C73" s="9">
         <x:v>1776</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E73" s="1" t="n">
+      <x:c r="D73" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E73" s="1">
         <x:v>1776</x:v>
       </x:c>
-      <x:c r="F73" s="1" t="n">
+      <x:c r="F73" s="1">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="G73" s="1" t="n">
+      <x:c r="G73" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H73" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I73" s="1" t="n">
+      <x:c r="H73" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I73" s="1">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="J73" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K73" s="1" t="n">
+      <x:c r="J73" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K73" s="1">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="L73" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M73" s="1" t="n">
+      <x:c r="L73" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M73" s="1">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="N73" s="1" t="n">
+      <x:c r="N73" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O73" s="10" t="n">
+      <x:c r="O73" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P73" s="1" t="n">
+      <x:c r="P73" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="Q73" s="1" t="n">
+      <x:c r="Q73" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="R73" s="1" t="n">
+      <x:c r="R73" s="1">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="S73" s="1" t="n">
+      <x:c r="S73" s="1">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="T73" s="1" t="n">
+      <x:c r="T73" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U73" s="1" t="n">
+      <x:c r="U73" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="V73" s="1" t="n">
+      <x:c r="V73" s="1">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="W73" s="1" t="n">
+      <x:c r="W73" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="X73" s="1" t="n">
+      <x:c r="X73" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="Y73" s="11" t="n">
+      <x:c r="Y73" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:25">
       <x:c r="A74" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B74" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C74" s="9" t="n">
+      <x:c r="C74" s="9">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E74" s="1" t="n">
+      <x:c r="D74" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E74" s="1">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="F74" s="1" t="n">
+      <x:c r="F74" s="1">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="G74" s="1" t="n">
+      <x:c r="G74" s="1">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="H74" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I74" s="1" t="n">
+      <x:c r="H74" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I74" s="1">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="J74" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K74" s="1" t="n">
+      <x:c r="J74" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K74" s="1">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="L74" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M74" s="1" t="n">
+      <x:c r="L74" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M74" s="1">
         <x:v>749</x:v>
       </x:c>
-      <x:c r="N74" s="1" t="n">
+      <x:c r="N74" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O74" s="10" t="n">
+      <x:c r="O74" s="10">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="P74" s="1" t="n">
+      <x:c r="P74" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q74" s="1" t="n">
+      <x:c r="Q74" s="1">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="R74" s="1" t="n">
+      <x:c r="R74" s="1">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="S74" s="1" t="n">
+      <x:c r="S74" s="1">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="T74" s="1" t="n">
+      <x:c r="T74" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U74" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="V74" s="1" t="n">
+      <x:c r="U74" s="1">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="V74" s="1">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="W74" s="1" t="n">
+      <x:c r="W74" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X74" s="1" t="n">
+      <x:c r="X74" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="Y74" s="11" t="n">
+      <x:c r="Y74" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:25">
       <x:c r="A75" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B75" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C75" s="9" t="n">
+      <x:c r="C75" s="9">
         <x:v>1537</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E75" s="1" t="n">
+      <x:c r="D75" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E75" s="1">
         <x:v>1537</x:v>
       </x:c>
-      <x:c r="F75" s="1" t="n">
+      <x:c r="F75" s="1">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="G75" s="1" t="n">
+      <x:c r="G75" s="1">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H75" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I75" s="1" t="n">
+      <x:c r="H75" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I75" s="1">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="J75" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K75" s="1" t="n">
+      <x:c r="J75" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K75" s="1">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="L75" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M75" s="1" t="n">
+      <x:c r="L75" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M75" s="1">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="N75" s="1" t="n">
+      <x:c r="N75" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O75" s="10" t="n">
+      <x:c r="O75" s="10">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P75" s="1" t="n">
+      <x:c r="P75" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q75" s="1" t="n">
+      <x:c r="Q75" s="1">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="R75" s="1" t="n">
+      <x:c r="R75" s="1">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="S75" s="1" t="n">
+      <x:c r="S75" s="1">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="T75" s="1" t="n">
+      <x:c r="T75" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U75" s="1" t="n">
+      <x:c r="U75" s="1">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="V75" s="1" t="n">
+      <x:c r="V75" s="1">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="W75" s="1" t="n">
+      <x:c r="W75" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X75" s="1" t="n">
+      <x:c r="X75" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="Y75" s="11" t="n">
+      <x:c r="Y75" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:25">
       <x:c r="A76" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B76" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="C76" s="9" t="n">
+      <x:c r="C76" s="9">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E76" s="1" t="n">
+      <x:c r="D76" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E76" s="1">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="F76" s="1" t="n">
+      <x:c r="F76" s="1">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="G76" s="1" t="n">
+      <x:c r="G76" s="1">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="H76" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I76" s="1" t="n">
+      <x:c r="H76" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I76" s="1">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="J76" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K76" s="1" t="n">
+      <x:c r="J76" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K76" s="1">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="L76" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M76" s="1" t="n">
+      <x:c r="L76" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M76" s="1">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="N76" s="1" t="n">
+      <x:c r="N76" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O76" s="10" t="n">
+      <x:c r="O76" s="10">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="P76" s="1" t="n">
+      <x:c r="P76" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q76" s="1" t="n">
+      <x:c r="Q76" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="R76" s="1" t="n">
+      <x:c r="R76" s="1">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="S76" s="1" t="n">
+      <x:c r="S76" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="T76" s="1" t="n">
+      <x:c r="T76" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="U76" s="1" t="n">
+      <x:c r="U76" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V76" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="W76" s="1" t="n">
+      <x:c r="V76" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="W76" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="X76" s="1" t="n">
+      <x:c r="X76" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="Y76" s="11" t="n">
+      <x:c r="Y76" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:25">
       <x:c r="A77" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B77" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C77" s="9" t="n">
+      <x:c r="C77" s="9">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E77" s="1" t="n">
+      <x:c r="D77" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E77" s="1">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="F77" s="1" t="n">
+      <x:c r="F77" s="1">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="G77" s="1" t="n">
+      <x:c r="G77" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H77" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I77" s="1" t="n">
+      <x:c r="H77" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I77" s="1">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="J77" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K77" s="1" t="n">
+      <x:c r="J77" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K77" s="1">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="L77" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M77" s="1" t="n">
+      <x:c r="L77" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M77" s="1">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="N77" s="1" t="n">
+      <x:c r="N77" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O77" s="10" t="n">
+      <x:c r="O77" s="10">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P77" s="1" t="n">
+      <x:c r="P77" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q77" s="1" t="n">
+      <x:c r="Q77" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="R77" s="1" t="n">
+      <x:c r="R77" s="1">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="S77" s="1" t="n">
+      <x:c r="S77" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="T77" s="1" t="n">
+      <x:c r="T77" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U77" s="1" t="n">
+      <x:c r="U77" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="V77" s="1" t="n">
+      <x:c r="V77" s="1">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="W77" s="1" t="n">
+      <x:c r="W77" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X77" s="1" t="n">
+      <x:c r="X77" s="1">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="Y77" s="11" t="n">
+      <x:c r="Y77" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:25">
       <x:c r="A78" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B78" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C78" s="9" t="n">
+      <x:c r="C78" s="9">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E78" s="1" t="n">
+      <x:c r="D78" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E78" s="1">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="n">
+      <x:c r="F78" s="1">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="G78" s="1" t="n">
+      <x:c r="G78" s="1">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="H78" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I78" s="1" t="n">
+      <x:c r="H78" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I78" s="1">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="J78" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K78" s="1" t="n">
+      <x:c r="J78" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K78" s="1">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="L78" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M78" s="1" t="n">
+      <x:c r="L78" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M78" s="1">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="N78" s="1" t="n">
+      <x:c r="N78" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="O78" s="10" t="n">
+      <x:c r="O78" s="10">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="P78" s="1" t="n">
+      <x:c r="P78" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q78" s="1" t="n">
+      <x:c r="Q78" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="R78" s="1" t="n">
+      <x:c r="R78" s="1">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="S78" s="1" t="n">
+      <x:c r="S78" s="1">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="T78" s="1" t="n">
+      <x:c r="T78" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U78" s="1" t="n">
+      <x:c r="U78" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V78" s="1" t="n">
+      <x:c r="V78" s="1">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="W78" s="1" t="n">
+      <x:c r="W78" s="1">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X78" s="1" t="n">
+      <x:c r="X78" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="Y78" s="11" t="n">
+      <x:c r="Y78" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:25">
       <x:c r="A79" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B79" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C79" s="9" t="n">
+      <x:c r="C79" s="9">
         <x:v>1375</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E79" s="1" t="n">
+      <x:c r="D79" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E79" s="1">
         <x:v>1375</x:v>
       </x:c>
-      <x:c r="F79" s="1" t="n">
+      <x:c r="F79" s="1">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="G79" s="1" t="n">
+      <x:c r="G79" s="1">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="H79" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I79" s="1" t="n">
+      <x:c r="H79" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I79" s="1">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="J79" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K79" s="1" t="n">
+      <x:c r="J79" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K79" s="1">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="L79" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M79" s="1" t="n">
+      <x:c r="L79" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M79" s="1">
         <x:v>1012</x:v>
       </x:c>
-      <x:c r="N79" s="1" t="n">
+      <x:c r="N79" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O79" s="10" t="n">
+      <x:c r="O79" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P79" s="1" t="n">
+      <x:c r="P79" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q79" s="1" t="n">
+      <x:c r="Q79" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="R79" s="1" t="n">
+      <x:c r="R79" s="1">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="S79" s="1" t="n">
+      <x:c r="S79" s="1">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="T79" s="1" t="n">
+      <x:c r="T79" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U79" s="1" t="n">
+      <x:c r="U79" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="V79" s="1" t="n">
+      <x:c r="V79" s="1">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="W79" s="1" t="n">
+      <x:c r="W79" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="X79" s="1" t="n">
+      <x:c r="X79" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="Y79" s="11" t="n">
+      <x:c r="Y79" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:25">
       <x:c r="A80" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B80" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C80" s="9" t="n">
+      <x:c r="C80" s="9">
         <x:v>1805</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E80" s="1" t="n">
+      <x:c r="D80" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E80" s="1">
         <x:v>1805</x:v>
       </x:c>
-      <x:c r="F80" s="1" t="n">
+      <x:c r="F80" s="1">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="G80" s="1" t="n">
+      <x:c r="G80" s="1">
         <x:v>1900</x:v>
       </x:c>
-      <x:c r="H80" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I80" s="1" t="n">
+      <x:c r="H80" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I80" s="1">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="J80" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K80" s="1" t="n">
+      <x:c r="J80" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K80" s="1">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="L80" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M80" s="1" t="n">
+      <x:c r="L80" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M80" s="1">
         <x:v>1382</x:v>
       </x:c>
-      <x:c r="N80" s="1" t="n">
+      <x:c r="N80" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O80" s="10" t="n">
+      <x:c r="O80" s="10">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P80" s="1" t="n">
+      <x:c r="P80" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="Q80" s="1" t="n">
+      <x:c r="Q80" s="1">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="R80" s="1" t="n">
+      <x:c r="R80" s="1">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="S80" s="1" t="n">
+      <x:c r="S80" s="1">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="T80" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="U80" s="1" t="n">
+      <x:c r="T80" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U80" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="V80" s="1" t="n">
+      <x:c r="V80" s="1">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="W80" s="1" t="n">
+      <x:c r="W80" s="1">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="X80" s="1" t="n">
+      <x:c r="X80" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="Y80" s="11" t="n">
+      <x:c r="Y80" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:25">
       <x:c r="A81" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C81" s="9" t="n">
+      <x:c r="C81" s="9">
         <x:v>1674</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E81" s="1" t="n">
+      <x:c r="D81" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E81" s="1">
         <x:v>1674</x:v>
       </x:c>
-      <x:c r="F81" s="1" t="n">
+      <x:c r="F81" s="1">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="G81" s="1" t="n">
+      <x:c r="G81" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H81" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I81" s="1" t="n">
+      <x:c r="H81" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I81" s="1">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="J81" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K81" s="1" t="n">
+      <x:c r="J81" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K81" s="1">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="L81" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M81" s="1" t="n">
+      <x:c r="L81" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M81" s="1">
         <x:v>1224</x:v>
       </x:c>
-      <x:c r="N81" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O81" s="10" t="n">
+      <x:c r="N81" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O81" s="10">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="P81" s="1" t="n">
+      <x:c r="P81" s="1">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="Q81" s="1" t="n">
+      <x:c r="Q81" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="R81" s="1" t="n">
+      <x:c r="R81" s="1">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="S81" s="1" t="n">
+      <x:c r="S81" s="1">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="T81" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="U81" s="1" t="n">
+      <x:c r="T81" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U81" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V81" s="1" t="n">
+      <x:c r="V81" s="1">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="W81" s="1" t="n">
+      <x:c r="W81" s="1">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="X81" s="1" t="n">
+      <x:c r="X81" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Y81" s="11" t="n">
+      <x:c r="Y81" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:25">
       <x:c r="A82" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B82" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C82" s="9" t="n">
+      <x:c r="C82" s="9">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E82" s="1" t="n">
+      <x:c r="D82" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E82" s="1">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="F82" s="1" t="n">
+      <x:c r="F82" s="1">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="G82" s="1" t="n">
+      <x:c r="G82" s="1">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="H82" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I82" s="1" t="n">
+      <x:c r="H82" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I82" s="1">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="J82" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K82" s="1" t="n">
+      <x:c r="J82" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K82" s="1">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="L82" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M82" s="1" t="n">
+      <x:c r="L82" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M82" s="1">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="N82" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O82" s="10" t="n">
+      <x:c r="N82" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O82" s="10">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="P82" s="1" t="n">
+      <x:c r="P82" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q82" s="1" t="n">
+      <x:c r="Q82" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="R82" s="1" t="n">
+      <x:c r="R82" s="1">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="S82" s="1" t="n">
+      <x:c r="S82" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="T82" s="1" t="n">
+      <x:c r="T82" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U82" s="1" t="n">
+      <x:c r="U82" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="V82" s="1" t="n">
+      <x:c r="V82" s="1">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="W82" s="1" t="n">
+      <x:c r="W82" s="1">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="X82" s="1" t="n">
+      <x:c r="X82" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Y82" s="11" t="n">
+      <x:c r="Y82" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:25">
       <x:c r="A83" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B83" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C83" s="9" t="n">
+      <x:c r="C83" s="9">
         <x:v>1175</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E83" s="1" t="n">
+      <x:c r="D83" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E83" s="1">
         <x:v>1175</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="n">
+      <x:c r="F83" s="1">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="G83" s="1" t="n">
+      <x:c r="G83" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H83" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I83" s="1" t="n">
+      <x:c r="H83" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I83" s="1">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="J83" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K83" s="1" t="n">
+      <x:c r="J83" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K83" s="1">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="L83" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M83" s="1" t="n">
+      <x:c r="L83" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M83" s="1">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="N83" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O83" s="10" t="n">
+      <x:c r="N83" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O83" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P83" s="1" t="n">
+      <x:c r="P83" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q83" s="1" t="n">
+      <x:c r="Q83" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="R83" s="1" t="n">
+      <x:c r="R83" s="1">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="S83" s="1" t="n">
+      <x:c r="S83" s="1">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="T83" s="1" t="n">
+      <x:c r="T83" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="U83" s="1" t="n">
+      <x:c r="U83" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="V83" s="1" t="n">
+      <x:c r="V83" s="1">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="W83" s="1" t="n">
+      <x:c r="W83" s="1">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="X83" s="1" t="n">
+      <x:c r="X83" s="1">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="Y83" s="11" t="n">
+      <x:c r="Y83" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:25">
       <x:c r="A84" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B84" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C84" s="9" t="n">
+      <x:c r="C84" s="9">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E84" s="1" t="n">
+      <x:c r="D84" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E84" s="1">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="F84" s="1" t="n">
+      <x:c r="F84" s="1">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="G84" s="1" t="n">
+      <x:c r="G84" s="1">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="H84" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I84" s="1" t="n">
+      <x:c r="H84" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I84" s="1">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="J84" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K84" s="1" t="n">
+      <x:c r="J84" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K84" s="1">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="L84" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M84" s="1" t="n">
+      <x:c r="L84" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M84" s="1">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="N84" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O84" s="10" t="n">
+      <x:c r="N84" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O84" s="10">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="P84" s="1" t="n">
+      <x:c r="P84" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q84" s="1" t="n">
+      <x:c r="Q84" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="R84" s="1" t="n">
+      <x:c r="R84" s="1">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="S84" s="1" t="n">
+      <x:c r="S84" s="1">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="T84" s="1" t="n">
+      <x:c r="T84" s="1">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="U84" s="1" t="n">
+      <x:c r="U84" s="1">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="V84" s="1" t="n">
+      <x:c r="V84" s="1">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="W84" s="1" t="n">
+      <x:c r="W84" s="1">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="X84" s="1" t="n">
+      <x:c r="X84" s="1">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Y84" s="11" t="n">
+      <x:c r="Y84" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:25">
       <x:c r="A85" s="12" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B85" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C85" s="14" t="n">
+      <x:c r="C85" s="14">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="D85" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="E85" s="15" t="n">
+      <x:c r="D85" s="15">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E85" s="15">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="F85" s="15" t="n">
+      <x:c r="F85" s="15">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="G85" s="15" t="n">
+      <x:c r="G85" s="15">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="H85" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="I85" s="15" t="n">
+      <x:c r="H85" s="15">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I85" s="15">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="J85" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="K85" s="15" t="n">
+      <x:c r="J85" s="15">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K85" s="15">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="L85" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="M85" s="15" t="n">
+      <x:c r="L85" s="15">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M85" s="15">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="N85" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="O85" s="16" t="n">
+      <x:c r="N85" s="15">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O85" s="16">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="P85" s="15" t="n">
+      <x:c r="P85" s="15">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q85" s="15" t="n">
+      <x:c r="Q85" s="15">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="R85" s="15" t="n">
+      <x:c r="R85" s="15">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="S85" s="15" t="n">
+      <x:c r="S85" s="15">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="T85" s="15" t="n">
+      <x:c r="T85" s="15">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U85" s="15" t="n">
+      <x:c r="U85" s="15">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="V85" s="15" t="n">
+      <x:c r="V85" s="15">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="W85" s="15" t="n">
+      <x:c r="W85" s="15">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="X85" s="15" t="n">
+      <x:c r="X85" s="15">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="Y85" s="17" t="n">
-[...3 lines deleted...]
-    <x:row r="87" spans="1:25" customFormat="1" ht="35" customHeight="1">
+      <x:c r="Y85" s="17">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:25" ht="35" customHeight="1">
       <x:c r="A87" s="18" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B87" s="19" t="s"/>
+      <x:c r="B87" s="19"/>
       <x:c r="C87" s="20">
         <x:f>SUM(Արդյունքներ!C4:C85)</x:f>
       </x:c>
       <x:c r="D87" s="20">
         <x:f>SUM(Արդյունքներ!D4:D85)</x:f>
       </x:c>
       <x:c r="E87" s="20">
         <x:f>SUM(Արդյունքներ!E4:E85)</x:f>
       </x:c>
       <x:c r="F87" s="20">
         <x:f>SUM(Արդյունքներ!F4:F85)</x:f>
       </x:c>
       <x:c r="G87" s="20">
         <x:f>SUM(Արդյունքներ!G4:G85)</x:f>
       </x:c>
       <x:c r="H87" s="20">
         <x:f>SUM(Արդյունքներ!H4:H85)</x:f>
       </x:c>
       <x:c r="I87" s="20">
         <x:f>SUM(Արդյունքներ!I4:I85)</x:f>
       </x:c>
       <x:c r="J87" s="20">
         <x:f>SUM(Արդյունքներ!J4:J85)</x:f>
       </x:c>
       <x:c r="K87" s="20">
@@ -7535,52 +7511,52 @@
       </x:c>
       <x:c r="X87" s="20">
         <x:f>SUM(Արդյունքներ!X4:X85)</x:f>
       </x:c>
       <x:c r="Y87" s="20">
         <x:f>SUM(Արդյունքներ!Y4:Y85)</x:f>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="C1:O1"/>
     <x:mergeCell ref="C2:O2"/>
     <x:mergeCell ref="A87:B87"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>Արդյունքներ</vt:lpstr>
+      <vt:lpstr>Արդյունքներ!Print_Area</vt:lpstr>
+      <vt:lpstr>Արդյունքներ!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
-  <ap:TitlesOfParts>
-[...5 lines deleted...]
-  </ap:TitlesOfParts>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>