--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4187d1562a274e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6046b4ac5b147aa8e0741f5d791df0b.psmdcp" Id="Ra66a2b8e412d42ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e6c091380d49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ddd0911a719447a82003507c61c36bd.psmdcp" Id="R2badcb657578406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C35" i="2"/>
   <x:c r="D35" i="2"/>
   <x:c r="E35" i="2"/>
   <x:c r="F35" i="2"/>
   <x:c r="G35" i="2"/>
   <x:c r="H35" i="2"/>
   <x:c r="I35" i="2"/>