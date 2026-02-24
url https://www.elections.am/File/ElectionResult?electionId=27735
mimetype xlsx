--- v1 (2025-12-24)
+++ v2 (2026-02-24)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e6c091380d49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ddd0911a719447a82003507c61c36bd.psmdcp" Id="R2badcb657578406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c654c986274e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75149614f5be4ed3aebea3d445865c6f.psmdcp" Id="R9b1a10b0b7b54482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C35" i="2"/>
   <x:c r="D35" i="2"/>
   <x:c r="E35" i="2"/>
   <x:c r="F35" i="2"/>
   <x:c r="G35" i="2"/>
   <x:c r="H35" i="2"/>
   <x:c r="I35" i="2"/>