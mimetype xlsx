--- v0 (2025-10-19)
+++ v1 (2026-01-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25658f27391454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b23dcd292e943af982f2bec5d5d51b0.psmdcp" Id="R3cef5e0a9da74835" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0575053ca6c942b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/729285a1a7aa4a1c84b8f635fb33dda5.psmdcp" Id="R477f4e92ce97424a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C22" i="2"/>
   <x:c r="D22" i="2"/>
   <x:c r="E22" i="2"/>
   <x:c r="F22" i="2"/>
   <x:c r="G22" i="2"/>
   <x:c r="H22" i="2"/>
   <x:c r="I22" i="2"/>