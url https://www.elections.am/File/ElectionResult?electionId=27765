--- v1 (2026-01-03)
+++ v2 (2026-03-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0575053ca6c942b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/729285a1a7aa4a1c84b8f635fb33dda5.psmdcp" Id="R477f4e92ce97424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa4ab8ebad014031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a6b10045ee44287bfb59f5609fdb5c9.psmdcp" Id="R3a8d6755edfc4341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C22" i="2"/>
   <x:c r="D22" i="2"/>
   <x:c r="E22" i="2"/>
   <x:c r="F22" i="2"/>
   <x:c r="G22" i="2"/>
   <x:c r="H22" i="2"/>
   <x:c r="I22" i="2"/>