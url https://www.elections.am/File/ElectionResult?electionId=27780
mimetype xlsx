--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c06523194b4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95d828230796439aaff54979dfe9d320.psmdcp" Id="R59bbf468e33e44dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162c1814f3a44566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eaff6890bcf34752be111af60e76ca92.psmdcp" Id="R8fabd7edaf57486d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C31" i="2"/>
   <x:c r="D31" i="2"/>
   <x:c r="E31" i="2"/>
   <x:c r="F31" i="2"/>
   <x:c r="G31" i="2"/>
   <x:c r="H31" i="2"/>
   <x:c r="I31" i="2"/>