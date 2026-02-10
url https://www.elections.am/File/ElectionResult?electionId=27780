--- v1 (2025-12-12)
+++ v2 (2026-02-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162c1814f3a44566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eaff6890bcf34752be111af60e76ca92.psmdcp" Id="R8fabd7edaf57486d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b16b49966294721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36c84a2cc67c4fcbbc5e2d2161559b7a.psmdcp" Id="Rc2db0628bcd742b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C31" i="2"/>
   <x:c r="D31" i="2"/>
   <x:c r="E31" i="2"/>
   <x:c r="F31" i="2"/>
   <x:c r="G31" i="2"/>
   <x:c r="H31" i="2"/>
   <x:c r="I31" i="2"/>