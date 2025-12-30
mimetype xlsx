--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb63ab5c893c440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/722e08337555449b86f80ecbf66d8044.psmdcp" Id="R8d95835b79064c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e51b4f45864acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c82ab50d46ef4156a1892132679f966f.psmdcp" Id="Rff78864e4e04498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C24" i="2"/>
   <x:c r="D24" i="2"/>
   <x:c r="E24" i="2"/>
   <x:c r="F24" i="2"/>
   <x:c r="G24" i="2"/>
   <x:c r="H24" i="2"/>
   <x:c r="I24" i="2"/>