--- v1 (2025-12-30)
+++ v2 (2026-03-07)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e51b4f45864acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c82ab50d46ef4156a1892132679f966f.psmdcp" Id="Rff78864e4e04498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e526128a625425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/728eb1d44f054fa88275be2cca4fb98b.psmdcp" Id="R58601d8f5abf48d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C24" i="2"/>
   <x:c r="D24" i="2"/>
   <x:c r="E24" i="2"/>
   <x:c r="F24" i="2"/>
   <x:c r="G24" i="2"/>
   <x:c r="H24" i="2"/>
   <x:c r="I24" i="2"/>
   <x:c r="J24" i="2"/>
   <x:c r="K24" i="2"/>
   <x:c r="L24" i="2"/>
   <x:c r="M24" i="2"/>
   <x:c r="N24" i="2"/>
   <x:c r="O24" i="2"/>
   <x:c r="P24" i="2"/>
   <x:c r="Q24" i="2"/>
 </x:calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>25-09-2022, 25.09.2022 Գեղարքունիք-Ճամբարակ, Արդյունքներ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՀ ԿԵՆՏՐՈՆԱԿԱՆ ԸՆՏՐԱԿԱՆ ՀԱՆՁՆԱԺՈՂՈՎ</x:t>
   </x:si>
   <x:si>
     <x:t>ՏԸՀ N</x:t>
   </x:si>
   <x:si>
     <x:t>Տեղամաս N</x:t>
   </x:si>
   <x:si>
     <x:t>Ընտրողների ցուցակներում ընդգրկված ընտրողների ընդհանուր թիվը</x:t>
   </x:si>
   <x:si>
     <x:t>Քվեարկության օրն ընտրական տեղամասում կազմված ընտրողների լրացուցիչ ցուցակում ընտրողների ընդհանուր թիվը</x:t>
   </x:si>
   <x:si>
     <x:t>Ընտրողների ընդհանուր թիվը</x:t>
   </x:si>
   <x:si>
     <x:t>Քվեարկության մասնակիցների ընդհանուր թիվը</x:t>
   </x:si>
   <x:si>
@@ -157,51 +157,51 @@
   <x:si>
     <x:t>20/15</x:t>
   </x:si>
   <x:si>
     <x:t>20/16</x:t>
   </x:si>
   <x:si>
     <x:t>20/17</x:t>
   </x:si>
   <x:si>
     <x:t>20/18</x:t>
   </x:si>
   <x:si>
     <x:t>20/19</x:t>
   </x:si>
   <x:si>
     <x:t>Տեղամասերի ընդհանուր</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="@"/>
+    <x:numFmt numFmtId="164" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="3">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -348,180 +348,180 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="thin">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="thin">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="thin">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="18">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="6" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="6" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="6" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="2" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="21">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="90" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="90" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="90" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="/xl/calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -793,89 +793,65 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:Q24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="3" max="16384" width="9.140625" style="1" customWidth="1"/>
     <x:col min="1" max="2" width="9.140625" style="2" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:17" s="3" customFormat="1" ht="50" customHeight="1">
-[...1 lines deleted...]
-      <x:c r="B1" s="5" t="s"/>
+    <x:row r="1" spans="1:17" ht="50" customHeight="1" s="3" customFormat="1">
+      <x:c r="A1" s="5"/>
+      <x:c r="B1" s="5"/>
       <x:c r="C1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D1" s="3" t="s"/>
-[...10 lines deleted...]
-      <x:c r="O1" s="3" t="s"/>
     </x:row>
     <x:row r="2" spans="1:17" s="3" customFormat="1">
-      <x:c r="A2" s="5" t="s"/>
-      <x:c r="B2" s="5" t="s"/>
+      <x:c r="A2" s="5"/>
+      <x:c r="B2" s="5"/>
       <x:c r="C2" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D2" s="3" t="s"/>
-[...12 lines deleted...]
-    <x:row r="3" spans="1:17" s="4" customFormat="1" ht="100" customHeight="1">
+    </x:row>
+    <x:row r="3" spans="1:17" ht="100" customHeight="1" s="4" customFormat="1">
       <x:c r="A3" s="6" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="6" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C3" s="7" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D3" s="7" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E3" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F3" s="7" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G3" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H3" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="I3" s="7" t="s">
@@ -891,1055 +867,1055 @@
         <x:v>13</x:v>
       </x:c>
       <x:c r="M3" s="7" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N3" s="7" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O3" s="7" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P3" s="7" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="Q3" s="7" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:17">
       <x:c r="A4" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="C4" s="9" t="n">
+      <x:c r="C4" s="9">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E4" s="1" t="n">
+      <x:c r="D4" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E4" s="1">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="F4" s="1" t="n">
+      <x:c r="F4" s="1">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="G4" s="1" t="n">
+      <x:c r="G4" s="1">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="H4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I4" s="1" t="n">
+      <x:c r="H4" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I4" s="1">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="J4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K4" s="1" t="n">
+      <x:c r="J4" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K4" s="1">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="L4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M4" s="1" t="n">
+      <x:c r="L4" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M4" s="1">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="N4" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O4" s="10" t="n">
+      <x:c r="N4" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O4" s="10">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="P4" s="1" t="n">
+      <x:c r="P4" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q4" s="11" t="n">
+      <x:c r="Q4" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:17">
       <x:c r="A5" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C5" s="9" t="n">
+      <x:c r="C5" s="9">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="D5" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E5" s="1" t="n">
+      <x:c r="D5" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E5" s="1">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="F5" s="1" t="n">
+      <x:c r="F5" s="1">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="G5" s="1" t="n">
+      <x:c r="G5" s="1">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="H5" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I5" s="1" t="n">
+      <x:c r="H5" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I5" s="1">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="J5" s="1" t="n">
+      <x:c r="J5" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K5" s="1" t="n">
+      <x:c r="K5" s="1">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="L5" s="1" t="n">
+      <x:c r="L5" s="1">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="M5" s="1" t="n">
+      <x:c r="M5" s="1">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="N5" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O5" s="10" t="n">
+      <x:c r="N5" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O5" s="10">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="P5" s="1" t="n">
+      <x:c r="P5" s="1">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="Q5" s="11" t="n">
+      <x:c r="Q5" s="11">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:17">
       <x:c r="A6" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="C6" s="9" t="n">
+      <x:c r="C6" s="9">
         <x:v>1666</x:v>
       </x:c>
-      <x:c r="D6" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E6" s="1" t="n">
+      <x:c r="D6" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E6" s="1">
         <x:v>1666</x:v>
       </x:c>
-      <x:c r="F6" s="1" t="n">
+      <x:c r="F6" s="1">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="G6" s="1" t="n">
+      <x:c r="G6" s="1">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H6" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I6" s="1" t="n">
+      <x:c r="H6" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I6" s="1">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="J6" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K6" s="1" t="n">
+      <x:c r="J6" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K6" s="1">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="L6" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M6" s="1" t="n">
+      <x:c r="L6" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M6" s="1">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="N6" s="1" t="n">
+      <x:c r="N6" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O6" s="10" t="n">
+      <x:c r="O6" s="10">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="P6" s="1" t="n">
+      <x:c r="P6" s="1">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="Q6" s="11" t="n">
+      <x:c r="Q6" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:17">
       <x:c r="A7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="C7" s="9" t="n">
+      <x:c r="C7" s="9">
         <x:v>1716</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E7" s="1" t="n">
+      <x:c r="D7" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E7" s="1">
         <x:v>1716</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="n">
+      <x:c r="F7" s="1">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="G7" s="1" t="n">
+      <x:c r="G7" s="1">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="H7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I7" s="1" t="n">
+      <x:c r="H7" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I7" s="1">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="J7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K7" s="1" t="n">
+      <x:c r="J7" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K7" s="1">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="L7" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M7" s="1" t="n">
+      <x:c r="L7" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M7" s="1">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="N7" s="1" t="n">
+      <x:c r="N7" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O7" s="10" t="n">
+      <x:c r="O7" s="10">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="P7" s="1" t="n">
+      <x:c r="P7" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Q7" s="11" t="n">
+      <x:c r="Q7" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:17">
       <x:c r="A8" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="C8" s="9" t="n">
+      <x:c r="C8" s="9">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E8" s="1" t="n">
+      <x:c r="D8" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E8" s="1">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="n">
+      <x:c r="F8" s="1">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G8" s="1" t="n">
+      <x:c r="G8" s="1">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="H8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I8" s="1" t="n">
+      <x:c r="H8" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I8" s="1">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="J8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K8" s="1" t="n">
+      <x:c r="J8" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K8" s="1">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="L8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M8" s="1" t="n">
+      <x:c r="L8" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M8" s="1">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="N8" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O8" s="10" t="n">
+      <x:c r="N8" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O8" s="10">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="P8" s="1" t="n">
+      <x:c r="P8" s="1">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q8" s="11" t="n">
+      <x:c r="Q8" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:17">
       <x:c r="A9" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="C9" s="9" t="n">
+      <x:c r="C9" s="9">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E9" s="1" t="n">
+      <x:c r="D9" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E9" s="1">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="n">
+      <x:c r="F9" s="1">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G9" s="1" t="n">
+      <x:c r="G9" s="1">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="H9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I9" s="1" t="n">
+      <x:c r="H9" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I9" s="1">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="J9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K9" s="1" t="n">
+      <x:c r="J9" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K9" s="1">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="L9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M9" s="1" t="n">
+      <x:c r="L9" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M9" s="1">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="N9" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O9" s="10" t="n">
+      <x:c r="N9" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O9" s="10">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="P9" s="1" t="n">
+      <x:c r="P9" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q9" s="11" t="n">
+      <x:c r="Q9" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:17">
       <x:c r="A10" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="C10" s="9" t="n">
+      <x:c r="C10" s="9">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E10" s="1" t="n">
+      <x:c r="D10" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E10" s="1">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="n">
+      <x:c r="F10" s="1">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G10" s="1" t="n">
+      <x:c r="G10" s="1">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="H10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I10" s="1" t="n">
+      <x:c r="H10" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I10" s="1">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="J10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K10" s="1" t="n">
+      <x:c r="J10" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K10" s="1">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="L10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M10" s="1" t="n">
+      <x:c r="L10" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M10" s="1">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="N10" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O10" s="10" t="n">
+      <x:c r="N10" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O10" s="10">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="P10" s="1" t="n">
+      <x:c r="P10" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q10" s="11" t="n">
+      <x:c r="Q10" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:17">
       <x:c r="A11" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C11" s="9" t="n">
+      <x:c r="C11" s="9">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E11" s="1" t="n">
+      <x:c r="D11" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E11" s="1">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="n">
+      <x:c r="F11" s="1">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="G11" s="1" t="n">
+      <x:c r="G11" s="1">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I11" s="1" t="n">
+      <x:c r="H11" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I11" s="1">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="J11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K11" s="1" t="n">
+      <x:c r="J11" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K11" s="1">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="L11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M11" s="1" t="n">
+      <x:c r="L11" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M11" s="1">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="N11" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O11" s="10" t="n">
+      <x:c r="N11" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O11" s="10">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="P11" s="1" t="n">
+      <x:c r="P11" s="1">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="Q11" s="11" t="n">
+      <x:c r="Q11" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:17">
       <x:c r="A12" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="C12" s="9" t="n">
+      <x:c r="C12" s="9">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E12" s="1" t="n">
+      <x:c r="D12" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E12" s="1">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="n">
+      <x:c r="F12" s="1">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="G12" s="1" t="n">
+      <x:c r="G12" s="1">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I12" s="1" t="n">
+      <x:c r="H12" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I12" s="1">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K12" s="1" t="n">
+      <x:c r="J12" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K12" s="1">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="L12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M12" s="1" t="n">
+      <x:c r="L12" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M12" s="1">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="N12" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O12" s="10" t="n">
+      <x:c r="N12" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O12" s="10">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="P12" s="1" t="n">
+      <x:c r="P12" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q12" s="11" t="n">
+      <x:c r="Q12" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:17">
       <x:c r="A13" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="C13" s="9" t="n">
+      <x:c r="C13" s="9">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E13" s="1" t="n">
+      <x:c r="D13" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E13" s="1">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="n">
+      <x:c r="F13" s="1">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="G13" s="1" t="n">
+      <x:c r="G13" s="1">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="H13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I13" s="1" t="n">
+      <x:c r="H13" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I13" s="1">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="J13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K13" s="1" t="n">
+      <x:c r="J13" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K13" s="1">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="L13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M13" s="1" t="n">
+      <x:c r="L13" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M13" s="1">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="N13" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O13" s="10" t="n">
+      <x:c r="N13" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O13" s="10">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="P13" s="1" t="n">
+      <x:c r="P13" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q13" s="11" t="n">
+      <x:c r="Q13" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:17">
       <x:c r="A14" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="C14" s="9" t="n">
+      <x:c r="C14" s="9">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E14" s="1" t="n">
+      <x:c r="D14" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E14" s="1">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="n">
+      <x:c r="F14" s="1">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G14" s="1" t="n">
+      <x:c r="G14" s="1">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I14" s="1" t="n">
+      <x:c r="H14" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I14" s="1">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="J14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K14" s="1" t="n">
+      <x:c r="J14" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K14" s="1">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="L14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M14" s="1" t="n">
+      <x:c r="L14" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M14" s="1">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="N14" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O14" s="10" t="n">
+      <x:c r="N14" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O14" s="10">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="P14" s="1" t="n">
+      <x:c r="P14" s="1">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q14" s="11" t="n">
+      <x:c r="Q14" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:17">
       <x:c r="A15" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="C15" s="9" t="n">
+      <x:c r="C15" s="9">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E15" s="1" t="n">
+      <x:c r="D15" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E15" s="1">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="n">
+      <x:c r="F15" s="1">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="G15" s="1" t="n">
+      <x:c r="G15" s="1">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="H15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I15" s="1" t="n">
+      <x:c r="H15" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I15" s="1">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="J15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K15" s="1" t="n">
+      <x:c r="J15" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K15" s="1">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="L15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M15" s="1" t="n">
+      <x:c r="L15" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M15" s="1">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="N15" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O15" s="10" t="n">
+      <x:c r="N15" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O15" s="10">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="P15" s="1" t="n">
+      <x:c r="P15" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Q15" s="11" t="n">
+      <x:c r="Q15" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:17">
       <x:c r="A16" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="C16" s="9" t="n">
+      <x:c r="C16" s="9">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E16" s="1" t="n">
+      <x:c r="D16" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E16" s="1">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="n">
+      <x:c r="F16" s="1">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="G16" s="1" t="n">
+      <x:c r="G16" s="1">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="H16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I16" s="1" t="n">
+      <x:c r="H16" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I16" s="1">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="J16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K16" s="1" t="n">
+      <x:c r="J16" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K16" s="1">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="L16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M16" s="1" t="n">
+      <x:c r="L16" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M16" s="1">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="N16" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O16" s="10" t="n">
+      <x:c r="N16" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O16" s="10">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="P16" s="1" t="n">
+      <x:c r="P16" s="1">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="Q16" s="11" t="n">
+      <x:c r="Q16" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:17">
       <x:c r="A17" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C17" s="9" t="n">
+      <x:c r="C17" s="9">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E17" s="1" t="n">
+      <x:c r="D17" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E17" s="1">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="n">
+      <x:c r="F17" s="1">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="G17" s="1" t="n">
+      <x:c r="G17" s="1">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="H17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I17" s="1" t="n">
+      <x:c r="H17" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I17" s="1">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="J17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K17" s="1" t="n">
+      <x:c r="J17" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K17" s="1">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="L17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M17" s="1" t="n">
+      <x:c r="L17" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M17" s="1">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="N17" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O17" s="10" t="n">
+      <x:c r="N17" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O17" s="10">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="P17" s="1" t="n">
+      <x:c r="P17" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q17" s="11" t="n">
+      <x:c r="Q17" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:17">
       <x:c r="A18" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C18" s="9" t="n">
+      <x:c r="C18" s="9">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E18" s="1" t="n">
+      <x:c r="D18" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E18" s="1">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="n">
+      <x:c r="F18" s="1">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="G18" s="1" t="n">
+      <x:c r="G18" s="1">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="H18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I18" s="1" t="n">
+      <x:c r="H18" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I18" s="1">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="J18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K18" s="1" t="n">
+      <x:c r="J18" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K18" s="1">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="L18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M18" s="1" t="n">
+      <x:c r="L18" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M18" s="1">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="N18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O18" s="10" t="n">
+      <x:c r="N18" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O18" s="10">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="P18" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="Q18" s="11" t="n">
+      <x:c r="P18" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q18" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:17">
       <x:c r="A19" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C19" s="9" t="n">
+      <x:c r="C19" s="9">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E19" s="1" t="n">
+      <x:c r="D19" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E19" s="1">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="n">
+      <x:c r="F19" s="1">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="G19" s="1" t="n">
+      <x:c r="G19" s="1">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="H19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I19" s="1" t="n">
+      <x:c r="H19" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I19" s="1">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="J19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K19" s="1" t="n">
+      <x:c r="J19" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K19" s="1">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="L19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M19" s="1" t="n">
+      <x:c r="L19" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M19" s="1">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="N19" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O19" s="10" t="n">
+      <x:c r="N19" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O19" s="10">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="P19" s="1" t="n">
+      <x:c r="P19" s="1">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q19" s="11" t="n">
+      <x:c r="Q19" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:17">
       <x:c r="A20" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="C20" s="9" t="n">
+      <x:c r="C20" s="9">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E20" s="1" t="n">
+      <x:c r="D20" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E20" s="1">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="n">
+      <x:c r="F20" s="1">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="G20" s="1" t="n">
+      <x:c r="G20" s="1">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="H20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I20" s="1" t="n">
+      <x:c r="H20" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I20" s="1">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="J20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K20" s="1" t="n">
+      <x:c r="J20" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K20" s="1">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="L20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M20" s="1" t="n">
+      <x:c r="L20" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M20" s="1">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="N20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O20" s="10" t="n">
+      <x:c r="N20" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O20" s="10">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="P20" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="Q20" s="11" t="n">
+      <x:c r="P20" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q20" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:17">
       <x:c r="A21" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C21" s="9" t="n">
+      <x:c r="C21" s="9">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="E21" s="1" t="n">
+      <x:c r="D21" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E21" s="1">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="n">
+      <x:c r="F21" s="1">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="G21" s="1" t="n">
+      <x:c r="G21" s="1">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="H21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="I21" s="1" t="n">
+      <x:c r="H21" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I21" s="1">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="J21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="K21" s="1" t="n">
+      <x:c r="J21" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K21" s="1">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="L21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="M21" s="1" t="n">
+      <x:c r="L21" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M21" s="1">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="N21" s="1" t="n">
-[...2 lines deleted...]
-      <x:c r="O21" s="10" t="n">
+      <x:c r="N21" s="1">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O21" s="10">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="P21" s="1" t="n">
+      <x:c r="P21" s="1">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="Q21" s="11" t="n">
+      <x:c r="Q21" s="11">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:17">
       <x:c r="A22" s="12" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C22" s="14" t="n">
+      <x:c r="C22" s="14">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D22" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="E22" s="15" t="n">
+      <x:c r="D22" s="15">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E22" s="15">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="F22" s="15" t="n">
+      <x:c r="F22" s="15">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="G22" s="15" t="n">
+      <x:c r="G22" s="15">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="H22" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="I22" s="15" t="n">
+      <x:c r="H22" s="15">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="I22" s="15">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="J22" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="K22" s="15" t="n">
+      <x:c r="J22" s="15">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K22" s="15">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="L22" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="M22" s="15" t="n">
+      <x:c r="L22" s="15">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M22" s="15">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="N22" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="O22" s="16" t="n">
+      <x:c r="N22" s="15">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O22" s="16">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="P22" s="15" t="n">
+      <x:c r="P22" s="15">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="Q22" s="17" t="n">
-[...3 lines deleted...]
-    <x:row r="24" spans="1:17" customFormat="1" ht="35" customHeight="1">
+      <x:c r="Q22" s="17">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:17" ht="35" customHeight="1">
       <x:c r="A24" s="18" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="B24" s="19" t="s"/>
+      <x:c r="B24" s="19"/>
       <x:c r="C24" s="20">
         <x:f>SUM(Արդյունքներ!C4:C22)</x:f>
       </x:c>
       <x:c r="D24" s="20">
         <x:f>SUM(Արդյունքներ!D4:D22)</x:f>
       </x:c>
       <x:c r="E24" s="20">
         <x:f>SUM(Արդյունքներ!E4:E22)</x:f>
       </x:c>
       <x:c r="F24" s="20">
         <x:f>SUM(Արդյունքներ!F4:F22)</x:f>
       </x:c>
       <x:c r="G24" s="20">
         <x:f>SUM(Արդյունքներ!G4:G22)</x:f>
       </x:c>
       <x:c r="H24" s="20">
         <x:f>SUM(Արդյունքներ!H4:H22)</x:f>
       </x:c>
       <x:c r="I24" s="20">
         <x:f>SUM(Արդյունքներ!I4:I22)</x:f>
       </x:c>
       <x:c r="J24" s="20">
         <x:f>SUM(Արդյունքներ!J4:J22)</x:f>
       </x:c>
       <x:c r="K24" s="20">
@@ -1959,52 +1935,52 @@
       </x:c>
       <x:c r="P24" s="20">
         <x:f>SUM(Արդյունքներ!P4:P22)</x:f>
       </x:c>
       <x:c r="Q24" s="20">
         <x:f>SUM(Արդյունքներ!Q4:Q22)</x:f>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="C1:O1"/>
     <x:mergeCell ref="C2:O2"/>
     <x:mergeCell ref="A24:B24"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>Արդյունքներ</vt:lpstr>
+      <vt:lpstr>Արդյունքներ!Print_Area</vt:lpstr>
+      <vt:lpstr>Արդյունքներ!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
-  <ap:TitlesOfParts>
-[...5 lines deleted...]
-  </ap:TitlesOfParts>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>