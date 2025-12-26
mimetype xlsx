--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9cd59cfa8f4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/695276f629a547d9a28b0535c3053ac6.psmdcp" Id="R067406178a6542aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ed7eb5d91946e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5da52d09af0c4c8aac6d88ccb5da8b89.psmdcp" Id="Rd08a4ac2442d429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C480" i="2"/>
   <x:c r="D480" i="2"/>
   <x:c r="E480" i="2"/>
   <x:c r="F480" i="2"/>
   <x:c r="G480" i="2"/>
   <x:c r="H480" i="2"/>
   <x:c r="I480" i="2"/>