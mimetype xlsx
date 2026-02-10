--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ed7eb5d91946e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5da52d09af0c4c8aac6d88ccb5da8b89.psmdcp" Id="Rd08a4ac2442d429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f829c7e63544e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/030364a022184f92abf0a807a8f61d12.psmdcp" Id="R2ad93a29624047c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Արդյունքներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <x:calcChain xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:c r="C480" i="2"/>
   <x:c r="D480" i="2"/>
   <x:c r="E480" i="2"/>
   <x:c r="F480" i="2"/>
   <x:c r="G480" i="2"/>
   <x:c r="H480" i="2"/>
   <x:c r="I480" i="2"/>