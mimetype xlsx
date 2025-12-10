--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdaba9c2d65b4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11f14c9a7470468c97a6a11a91225e0c.psmdcp" Id="Rae5c1e16a2b24dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d0554019994c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9704454b44144b3494027d451d9802c4.psmdcp" Id="R760b80c33c8744f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="համապետական I մաս" sheetId="2" r:id="rId2"/>
     <x:sheet name="համապետական II մաս" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="383">
   <x:si>
     <x:t>ՀԱՄԱՊԵՏԱԿԱՆ ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ, ՄԱՍ I</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԶԱՏ ՀԱՅՐԵՆԻՔ ԴԱՇԻՆՔ</x:t>
   </x:si>