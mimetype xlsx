--- v1 (2025-12-10)
+++ v2 (2026-03-18)
@@ -1,1217 +1,968 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d0554019994c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9704454b44144b3494027d451d9802c4.psmdcp" Id="R760b80c33c8744f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201043f19e7a443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06f7db9cf5d0479abd1ff5f5c159eedb.psmdcp" Id="R1d267000b27341b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="համապետական I մաս" sheetId="2" r:id="rId2"/>
     <x:sheet name="համապետական II մաս" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="383">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ՀԱՄԱՊԵՏԱԿԱՆ ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ, ՄԱՍ I</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԶԱՏ ՀԱՅՐԵՆԻՔ ԴԱՇԻՆՔ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգային Ժողովի Արտահերթ Ընտրություններ, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անուն</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանուն</x:t>
   </x:si>
   <x:si>
     <x:t>Ծննդյան օրը, ամիuը տարեթիվը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
     <x:t>Կուuակցական պատկանելությունը</x:t>
   </x:si>
   <x:si>
     <x:t>Հաշվառման վայրը</x:t>
   </x:si>
   <x:si>
     <x:t>Աշխատանքի վայրը, պաշտոնը (զբաղմունքը)</x:t>
   </x:si>
   <x:si>
     <x:t>Նշում</x:t>
   </x:si>
   <x:si>
-    <x:t>1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հայրապետյան</x:t>
   </x:si>
   <x:si>
     <x:t>Միքայել</x:t>
   </x:si>
   <x:si>
     <x:t>Հրաչիկի</x:t>
   </x:si>
   <x:si>
     <x:t>12-12-1965</x:t>
   </x:si>
   <x:si>
     <x:t>Արական</x:t>
   </x:si>
   <x:si>
     <x:t>ՊԱՀՊԱՆՈՂԱԿԱՆ ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
-    <x:t>2</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ղուկասյան</x:t>
   </x:si>
   <x:si>
     <x:t>Անդրիաս</x:t>
   </x:si>
   <x:si>
     <x:t>Մարատի</x:t>
   </x:si>
   <x:si>
     <x:t>12-05-1970</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՅ ԿԱՌՈՒՑՈՂԱԿԱՆ ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
-    <x:t>3</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Խաչատրյան</x:t>
   </x:si>
   <x:si>
     <x:t>Աննման</x:t>
   </x:si>
   <x:si>
     <x:t>Լավրենտի</x:t>
   </x:si>
   <x:si>
     <x:t>23-05-1957</x:t>
   </x:si>
   <x:si>
     <x:t>Իգական</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԶԳԱՅԻՆ ԻՆՔՆՈՐՈՇՈՒՄ ՄԻԱՎՈՐՈՒՄ /ԱԻՄ/ ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
-    <x:t>4</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սադոյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արշակ</x:t>
   </x:si>
   <x:si>
     <x:t>Ավետիսի</x:t>
   </x:si>
   <x:si>
     <x:t>22-02-1940</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԶԳԱՅԻՆ ԺՈՂՈՎՐԴԱՎԱՐՆԵՐԻ ԴԱՇԻՆՔ ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
-    <x:t>5</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Արզումանյան</x:t>
   </x:si>
   <x:si>
     <x:t>Գեվորգ</x:t>
   </x:si>
   <x:si>
     <x:t>Սոսի</x:t>
   </x:si>
   <x:si>
     <x:t>08-01-1959</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՅԱՍՏԱՆԻ ԿԱՆԱՉՆԵՐԻ (ՍՈՑԻԱԼ-ԷԿՈԼՈԳԻԱԿԱՆ) ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
-    <x:t>6</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սարգսյան</x:t>
   </x:si>
   <x:si>
     <x:t>Կարինե</x:t>
   </x:si>
   <x:si>
     <x:t>Երջանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>03-02-1965</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԿՈՒՍԱԿՑԱԿԱՆ</x:t>
   </x:si>
   <x:si>
-    <x:t>7</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մանուկյան</x:t>
   </x:si>
   <x:si>
     <x:t>Խաչիկ</x:t>
   </x:si>
   <x:si>
     <x:t>Վաչագանի</x:t>
   </x:si>
   <x:si>
     <x:t>03-03-1964</x:t>
   </x:si>
   <x:si>
-    <x:t>8</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Գաբրիելյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արմեն</x:t>
   </x:si>
   <x:si>
     <x:t>Աշոտի</x:t>
   </x:si>
   <x:si>
     <x:t>05-07-1959</x:t>
   </x:si>
   <x:si>
-    <x:t>9</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Այվազյան</x:t>
   </x:si>
   <x:si>
     <x:t>Մանյա</x:t>
   </x:si>
   <x:si>
     <x:t>Հրանդի</x:t>
   </x:si>
   <x:si>
     <x:t>17-10-1958</x:t>
   </x:si>
   <x:si>
-    <x:t>10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Խառատյան</x:t>
   </x:si>
   <x:si>
     <x:t>Հրանուշ</x:t>
   </x:si>
   <x:si>
     <x:t>Սերգեյի</x:t>
   </x:si>
   <x:si>
     <x:t>18-02-1952</x:t>
   </x:si>
   <x:si>
-    <x:t>11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հովհաննիսյան</x:t>
   </x:si>
   <x:si>
     <x:t>Դավիթ</x:t>
   </x:si>
   <x:si>
     <x:t>Վարազդատի</x:t>
   </x:si>
   <x:si>
     <x:t>25-01-1982</x:t>
   </x:si>
   <x:si>
-    <x:t>12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սարուխանյան</x:t>
   </x:si>
   <x:si>
     <x:t>Գագիկ</x:t>
   </x:si>
   <x:si>
     <x:t>Քերոբի</x:t>
   </x:si>
   <x:si>
     <x:t>06-11-1962</x:t>
   </x:si>
   <x:si>
-    <x:t>13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Գագիկի</x:t>
   </x:si>
   <x:si>
     <x:t>24-10-1954</x:t>
   </x:si>
   <x:si>
-    <x:t>14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Դովլաթյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արմենակ</x:t>
   </x:si>
   <x:si>
     <x:t>Արշիկի</x:t>
   </x:si>
   <x:si>
     <x:t>07-10-1958</x:t>
   </x:si>
   <x:si>
-    <x:t>15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ալեքսանյան</x:t>
   </x:si>
   <x:si>
     <x:t>Անուշ</x:t>
   </x:si>
   <x:si>
     <x:t>Վլադիմիրի</x:t>
   </x:si>
   <x:si>
     <x:t>03-02-1975</x:t>
   </x:si>
   <x:si>
-    <x:t>16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ավագյան</x:t>
   </x:si>
   <x:si>
     <x:t>Հայկ</x:t>
   </x:si>
   <x:si>
     <x:t>Լեվոնի</x:t>
   </x:si>
   <x:si>
     <x:t>11-05-1971</x:t>
   </x:si>
   <x:si>
-    <x:t>17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ղարագեբակյան</x:t>
   </x:si>
   <x:si>
     <x:t>Գայանե</x:t>
   </x:si>
   <x:si>
     <x:t>Գեվորգի</x:t>
   </x:si>
   <x:si>
     <x:t>01-01-1959</x:t>
   </x:si>
   <x:si>
-    <x:t>18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Պողոսյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արսեն</x:t>
   </x:si>
   <x:si>
     <x:t>Վազգենի</x:t>
   </x:si>
   <x:si>
     <x:t>06-02-1965</x:t>
   </x:si>
   <x:si>
-    <x:t>19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Կարապետյան</x:t>
   </x:si>
   <x:si>
     <x:t>Հարություն</x:t>
   </x:si>
   <x:si>
     <x:t>Արշալույսի</x:t>
   </x:si>
   <x:si>
     <x:t>21-05-1954</x:t>
   </x:si>
   <x:si>
-    <x:t>20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ստեփանյան</x:t>
   </x:si>
   <x:si>
     <x:t>Ստեփանի</x:t>
   </x:si>
   <x:si>
     <x:t>24-09-1951</x:t>
   </x:si>
   <x:si>
-    <x:t>21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Զատիկյան</x:t>
   </x:si>
   <x:si>
     <x:t>Տիգրան</x:t>
   </x:si>
   <x:si>
     <x:t>Գրիգորի</x:t>
   </x:si>
   <x:si>
     <x:t>08-06-1968</x:t>
   </x:si>
   <x:si>
-    <x:t>22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Բաղդասարյան</x:t>
   </x:si>
   <x:si>
     <x:t>Լիլիթ</x:t>
   </x:si>
   <x:si>
     <x:t>Գարուշի</x:t>
   </x:si>
   <x:si>
     <x:t>27-07-1986</x:t>
   </x:si>
   <x:si>
-    <x:t>23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մելիք-Սանթուրդչիյան</x:t>
   </x:si>
   <x:si>
     <x:t>Դորիկի</x:t>
   </x:si>
   <x:si>
     <x:t>13-01-1961</x:t>
   </x:si>
   <x:si>
-    <x:t>24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մկրտչյան</x:t>
   </x:si>
   <x:si>
     <x:t>Թաթուլ</x:t>
   </x:si>
   <x:si>
     <x:t>Գուրգենի</x:t>
   </x:si>
   <x:si>
     <x:t>20-03-1969</x:t>
   </x:si>
   <x:si>
-    <x:t>25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ադամյան</x:t>
   </x:si>
   <x:si>
     <x:t>Սիլվա</x:t>
   </x:si>
   <x:si>
     <x:t>Մարտունու</x:t>
   </x:si>
   <x:si>
     <x:t>01-10-1960</x:t>
   </x:si>
   <x:si>
-    <x:t>26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մուրադյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արա</x:t>
   </x:si>
   <x:si>
     <x:t>Վանիկի</x:t>
   </x:si>
   <x:si>
     <x:t>20-10-1955</x:t>
   </x:si>
   <x:si>
-    <x:t>27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հակոբյան</x:t>
   </x:si>
   <x:si>
     <x:t>Սամվել</x:t>
   </x:si>
   <x:si>
     <x:t>Ռաֆայելի</x:t>
   </x:si>
   <x:si>
     <x:t>26-03-1960</x:t>
   </x:si>
   <x:si>
-    <x:t>28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Բոյաջյան</x:t>
   </x:si>
   <x:si>
     <x:t>Շիրակ</x:t>
   </x:si>
   <x:si>
     <x:t>11-01-1987</x:t>
   </x:si>
   <x:si>
-    <x:t>29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Գրիգորյան</x:t>
   </x:si>
   <x:si>
     <x:t>Սուսաննա</x:t>
   </x:si>
   <x:si>
     <x:t>Սուրենի</x:t>
   </x:si>
   <x:si>
     <x:t>04-12-1952</x:t>
   </x:si>
   <x:si>
-    <x:t>30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Քերոբյան</x:t>
   </x:si>
   <x:si>
     <x:t>03-07-1971</x:t>
   </x:si>
   <x:si>
-    <x:t>31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մաթեվոսյան</x:t>
   </x:si>
   <x:si>
     <x:t>Աշոտ</x:t>
   </x:si>
   <x:si>
     <x:t>Արտաշի</x:t>
   </x:si>
   <x:si>
     <x:t>26-09-1951</x:t>
   </x:si>
   <x:si>
-    <x:t>32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ղուլյան</x:t>
   </x:si>
   <x:si>
     <x:t>Էդուարդի</x:t>
   </x:si>
   <x:si>
     <x:t>30-03-1980</x:t>
   </x:si>
   <x:si>
-    <x:t>33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հարությունյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արտակ</x:t>
   </x:si>
   <x:si>
     <x:t>Շահնազարի</x:t>
   </x:si>
   <x:si>
     <x:t>27-07-1978</x:t>
   </x:si>
   <x:si>
-    <x:t>34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Զաքարյան</x:t>
   </x:si>
   <x:si>
     <x:t>Ռուբեն</x:t>
   </x:si>
   <x:si>
     <x:t>Արտյոմի</x:t>
   </x:si>
   <x:si>
     <x:t>18-05-1975</x:t>
   </x:si>
   <x:si>
-    <x:t>35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Տեր-Կարապետյան</x:t>
   </x:si>
   <x:si>
     <x:t>Գաբրիել</x:t>
   </x:si>
   <x:si>
     <x:t>Արշավիրի</x:t>
   </x:si>
   <x:si>
     <x:t>27-12-1957</x:t>
   </x:si>
   <x:si>
-    <x:t>36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Անահիտ</x:t>
   </x:si>
   <x:si>
     <x:t>Մաթեվոսի</x:t>
   </x:si>
   <x:si>
     <x:t>30-07-1962</x:t>
   </x:si>
   <x:si>
-    <x:t>37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Առաքելյան</x:t>
   </x:si>
   <x:si>
     <x:t>Շաքարի</x:t>
   </x:si>
   <x:si>
     <x:t>15-08-1984</x:t>
   </x:si>
   <x:si>
-    <x:t>38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ռոմայի</x:t>
   </x:si>
   <x:si>
     <x:t>22-10-1973</x:t>
   </x:si>
   <x:si>
-    <x:t>39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Եղիազարյան</x:t>
   </x:si>
   <x:si>
     <x:t>Ինգա</x:t>
   </x:si>
   <x:si>
     <x:t>Գասպարի</x:t>
   </x:si>
   <x:si>
     <x:t>29-06-1985</x:t>
   </x:si>
   <x:si>
-    <x:t>40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մելքումյան</x:t>
   </x:si>
   <x:si>
     <x:t>Սուսան</x:t>
   </x:si>
   <x:si>
     <x:t>Զոհրաբի</x:t>
   </x:si>
   <x:si>
     <x:t>10-11-1965</x:t>
   </x:si>
   <x:si>
-    <x:t>41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ղազարյան</x:t>
   </x:si>
   <x:si>
     <x:t>Վարդան</x:t>
   </x:si>
   <x:si>
     <x:t>Հովհաննեսի</x:t>
   </x:si>
   <x:si>
     <x:t>21-09-1964</x:t>
   </x:si>
   <x:si>
-    <x:t>42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Միքայելի</x:t>
   </x:si>
   <x:si>
     <x:t>29-05-1980</x:t>
   </x:si>
   <x:si>
-    <x:t>43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մարտիրոսյան</x:t>
   </x:si>
   <x:si>
     <x:t>Զավեն</x:t>
   </x:si>
   <x:si>
     <x:t>Սողոմոնի</x:t>
   </x:si>
   <x:si>
     <x:t>15-09-1945</x:t>
   </x:si>
   <x:si>
-    <x:t>44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Փայտյան</x:t>
   </x:si>
   <x:si>
     <x:t>Մերի</x:t>
   </x:si>
   <x:si>
     <x:t>Սամվելի</x:t>
   </x:si>
   <x:si>
     <x:t>20-08-1982</x:t>
   </x:si>
   <x:si>
-    <x:t>45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մարգարյան</x:t>
   </x:si>
   <x:si>
     <x:t>Ալբերտ</x:t>
   </x:si>
   <x:si>
     <x:t>Հայկի</x:t>
   </x:si>
   <x:si>
     <x:t>17-05-1964</x:t>
   </x:si>
   <x:si>
-    <x:t>46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սաֆարյան</x:t>
   </x:si>
   <x:si>
     <x:t>Տարոն</x:t>
   </x:si>
   <x:si>
     <x:t>31-08-1985</x:t>
   </x:si>
   <x:si>
-    <x:t>47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Համբարձումյան</x:t>
   </x:si>
   <x:si>
     <x:t>Քրիստինե</x:t>
   </x:si>
   <x:si>
     <x:t>Մանվելի</x:t>
   </x:si>
   <x:si>
     <x:t>30-09-1984</x:t>
   </x:si>
   <x:si>
-    <x:t>48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11-04-1979</x:t>
   </x:si>
   <x:si>
-    <x:t>49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մելոյան</x:t>
   </x:si>
   <x:si>
     <x:t>Մելիքի</x:t>
   </x:si>
   <x:si>
     <x:t>03-06-1970</x:t>
   </x:si>
   <x:si>
-    <x:t>50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Լիանա</x:t>
   </x:si>
   <x:si>
     <x:t>Իսկանդարի</x:t>
   </x:si>
   <x:si>
     <x:t>23-03-1977</x:t>
   </x:si>
   <x:si>
-    <x:t>51</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Միրզոյան</x:t>
   </x:si>
   <x:si>
     <x:t>14-10-1981</x:t>
   </x:si>
   <x:si>
-    <x:t>52</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Շահինյան</x:t>
   </x:si>
   <x:si>
     <x:t>Ստեփան</x:t>
   </x:si>
   <x:si>
     <x:t>Սեդրակի</x:t>
   </x:si>
   <x:si>
     <x:t>20-11-1985</x:t>
   </x:si>
   <x:si>
-    <x:t>53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Չոփիկյան</x:t>
   </x:si>
   <x:si>
     <x:t>16-07-1978</x:t>
   </x:si>
   <x:si>
-    <x:t>54</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Դանիելյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արաքսյա</x:t>
   </x:si>
   <x:si>
     <x:t>29-07-1991</x:t>
   </x:si>
   <x:si>
-    <x:t>55</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Գեղամյան</x:t>
   </x:si>
   <x:si>
     <x:t>Տաթեվ</x:t>
   </x:si>
   <x:si>
     <x:t>28-06-1993</x:t>
   </x:si>
   <x:si>
-    <x:t>56</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Վարդանյան</x:t>
   </x:si>
   <x:si>
     <x:t>Շավարշի</x:t>
   </x:si>
   <x:si>
     <x:t>02-11-1954</x:t>
   </x:si>
   <x:si>
-    <x:t>57</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Իլյա</x:t>
   </x:si>
   <x:si>
     <x:t>Իգորի</x:t>
   </x:si>
   <x:si>
     <x:t>22-08-1978</x:t>
   </x:si>
   <x:si>
-    <x:t>58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մարտիկ</x:t>
   </x:si>
   <x:si>
     <x:t>Հրեհատի</x:t>
   </x:si>
   <x:si>
     <x:t>06-03-1944</x:t>
   </x:si>
   <x:si>
-    <x:t>59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սողոյան</x:t>
   </x:si>
   <x:si>
     <x:t>Պետրոս</x:t>
   </x:si>
   <x:si>
     <x:t>Լյովայի</x:t>
   </x:si>
   <x:si>
     <x:t>23-11-1973</x:t>
   </x:si>
   <x:si>
-    <x:t>60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մանվելյան</x:t>
   </x:si>
   <x:si>
     <x:t>Սյուզաննա</x:t>
   </x:si>
   <x:si>
     <x:t>Մարզպետունու</x:t>
   </x:si>
   <x:si>
     <x:t>10-08-1979</x:t>
   </x:si>
   <x:si>
-    <x:t>61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Նարինե</x:t>
   </x:si>
   <x:si>
     <x:t>20-02-1973</x:t>
   </x:si>
   <x:si>
-    <x:t>62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ավանեսյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արթուր</x:t>
   </x:si>
   <x:si>
     <x:t>28-03-1982</x:t>
   </x:si>
   <x:si>
-    <x:t>63</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Արամայիս</x:t>
   </x:si>
   <x:si>
     <x:t>Պայքարի</x:t>
   </x:si>
   <x:si>
     <x:t>09-06-1964</x:t>
   </x:si>
   <x:si>
-    <x:t>64</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16-05-1967</x:t>
   </x:si>
   <x:si>
-    <x:t>65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Բաղդասարի</x:t>
   </x:si>
   <x:si>
     <x:t>22-11-1960</x:t>
   </x:si>
   <x:si>
-    <x:t>66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Խանվելյան</x:t>
   </x:si>
   <x:si>
     <x:t>Գալուստ</x:t>
   </x:si>
   <x:si>
     <x:t>Սենիկի</x:t>
   </x:si>
   <x:si>
     <x:t>04-03-1977</x:t>
   </x:si>
   <x:si>
-    <x:t>67</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ֆիդանյան</x:t>
   </x:si>
   <x:si>
     <x:t>Ալիսա</x:t>
   </x:si>
   <x:si>
     <x:t>Արսենի</x:t>
   </x:si>
   <x:si>
     <x:t>29-04-1983</x:t>
   </x:si>
   <x:si>
-    <x:t>68</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Աթաբեկյան</x:t>
   </x:si>
   <x:si>
     <x:t>Վահե</x:t>
   </x:si>
   <x:si>
     <x:t>Ռոմիկի</x:t>
   </x:si>
   <x:si>
     <x:t>30-09-1975</x:t>
   </x:si>
   <x:si>
-    <x:t>69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Անդրասյան</x:t>
   </x:si>
   <x:si>
     <x:t>Մարգարիտ</x:t>
   </x:si>
   <x:si>
     <x:t>18-01-1967</x:t>
   </x:si>
   <x:si>
-    <x:t>70</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Հովսեփյան</x:t>
   </x:si>
   <x:si>
     <x:t>Վաչագան</x:t>
   </x:si>
   <x:si>
     <x:t>Արամի</x:t>
   </x:si>
   <x:si>
     <x:t>15-04-1975</x:t>
   </x:si>
   <x:si>
-    <x:t>71</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ասպուրակի</x:t>
   </x:si>
   <x:si>
     <x:t>09-11-1954</x:t>
   </x:si>
   <x:si>
-    <x:t>72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Կոնջորյան</x:t>
   </x:si>
   <x:si>
     <x:t>Տատյանա</x:t>
   </x:si>
   <x:si>
     <x:t>Նիկոլայի</x:t>
   </x:si>
   <x:si>
     <x:t>24-06-1976</x:t>
   </x:si>
   <x:si>
-    <x:t>73</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Առաքել</x:t>
   </x:si>
   <x:si>
     <x:t>Հակոբի</x:t>
   </x:si>
   <x:si>
     <x:t>07-11-1975</x:t>
   </x:si>
   <x:si>
-    <x:t>74</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Մովսիսյան</x:t>
   </x:si>
   <x:si>
     <x:t>Հասմիկ</x:t>
   </x:si>
   <x:si>
     <x:t>Ժորայի</x:t>
   </x:si>
   <x:si>
     <x:t>15-03-1969</x:t>
   </x:si>
   <x:si>
-    <x:t>75</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սոս</x:t>
   </x:si>
   <x:si>
     <x:t>26-10-1987</x:t>
   </x:si>
   <x:si>
-    <x:t>76</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Աղաբաբյան</x:t>
   </x:si>
   <x:si>
     <x:t>Էդգար</x:t>
   </x:si>
   <x:si>
     <x:t>Հրանտի</x:t>
   </x:si>
   <x:si>
     <x:t>27-12-1991</x:t>
   </x:si>
   <x:si>
-    <x:t>77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ոսկան</x:t>
   </x:si>
   <x:si>
     <x:t>Սեյրանի</x:t>
   </x:si>
   <x:si>
     <x:t>29-09-1986</x:t>
   </x:si>
   <x:si>
-    <x:t>78</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Պարգեվի</x:t>
   </x:si>
   <x:si>
     <x:t>20-09-1955</x:t>
   </x:si>
   <x:si>
-    <x:t>79</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Սեդա</x:t>
   </x:si>
   <x:si>
     <x:t>21-02-1992</x:t>
   </x:si>
   <x:si>
-    <x:t>80</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Նաիրա</x:t>
   </x:si>
   <x:si>
     <x:t>Ալեքսեյի</x:t>
   </x:si>
   <x:si>
     <x:t>15-12-1962</x:t>
   </x:si>
   <x:si>
-    <x:t>81</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Նապոլեոնի</x:t>
   </x:si>
   <x:si>
     <x:t>16-12-1962</x:t>
   </x:si>
   <x:si>
-    <x:t>82</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Անի</x:t>
   </x:si>
   <x:si>
     <x:t>Կարոյի</x:t>
   </x:si>
   <x:si>
     <x:t>13-07-1990</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>83</x:t>
   </x:si>
   <x:si>
     <x:t>Թարխանյան</x:t>
   </x:si>
   <x:si>
     <x:t>Արթուրի</x:t>
   </x:si>
   <x:si>
     <x:t>08-03-1959</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՄԱՊԵՏԱԿԱՆ ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ, ՄԱՍ II</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="@"/>
+    <x:numFmt numFmtId="164" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="10"/>
       <x:color rgb="FF000000"/>
       <x:name val="GHEA Grapalat"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:strike/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1238,85 +989,85 @@
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1593,4710 +1344,2561 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J183"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="5.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="30.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="40.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.710625" style="0" customWidth="1"/>
     <x:col min="9" max="10" width="30.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="B1" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:10" s="1" customFormat="1">
       <x:c r="A2" s="5" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B2" s="5" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J2" s="5" t="s"/>
+      <x:c r="B2" s="5"/>
+      <x:c r="C2" s="5"/>
+      <x:c r="D2" s="5"/>
+      <x:c r="E2" s="5"/>
+      <x:c r="F2" s="5"/>
+      <x:c r="G2" s="5"/>
+      <x:c r="H2" s="5"/>
+      <x:c r="I2" s="5"/>
+      <x:c r="J2" s="5"/>
     </x:row>
     <x:row r="3" spans="1:10" s="1" customFormat="1">
       <x:c r="A3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B3" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J3" s="1" t="s"/>
     </x:row>
     <x:row r="4" spans="1:10" s="1" customFormat="1">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" s="2" customFormat="1">
-      <x:c r="A5" s="2" t="s">
+      <x:c r="A5" s="2">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B5" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="B5" s="2" t="s">
+      <x:c r="C5" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="C5" s="2" t="s">
+      <x:c r="D5" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="D5" s="2" t="s">
+      <x:c r="E5" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="E5" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F5" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G5" s="2" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="H5" s="2" t="s"/>
       <x:c r="I5" s="2" t="s"/>
       <x:c r="J5" s="2" t="s"/>
     </x:row>
     <x:row r="6" spans="1:10" s="2" customFormat="1">
-      <x:c r="A6" s="2" t="s">
+      <x:c r="A6" s="2">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C6" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="B6" s="2" t="s">
+      <x:c r="D6" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C6" s="2" t="s">
+      <x:c r="E6" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="D6" s="2" t="s">
+      <x:c r="F6" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G6" s="2" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="H6" s="2" t="s"/>
       <x:c r="I6" s="2" t="s"/>
       <x:c r="J6" s="2" t="s"/>
     </x:row>
     <x:row r="7" spans="1:10" s="2" customFormat="1">
-      <x:c r="A7" s="2" t="s">
+      <x:c r="A7" s="2">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C7" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D7" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B7" s="2" t="s">
+      <x:c r="E7" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C7" s="2" t="s">
+      <x:c r="F7" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D7" s="2" t="s">
+      <x:c r="G7" s="2" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="H7" s="2" t="s"/>
       <x:c r="I7" s="2" t="s"/>
       <x:c r="J7" s="2" t="s"/>
     </x:row>
     <x:row r="8" spans="1:10" s="2" customFormat="1">
-      <x:c r="A8" s="2" t="s">
+      <x:c r="A8" s="2">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D8" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E8" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="B8" s="2" t="s">
+      <x:c r="F8" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G8" s="2" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="2" t="s"/>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:10" s="2" customFormat="1">
-      <x:c r="A9" s="2" t="s">
+      <x:c r="A9" s="2">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s"/>
       <x:c r="I9" s="2" t="s"/>
       <x:c r="J9" s="2" t="s"/>
     </x:row>
     <x:row r="10" spans="1:10" s="2" customFormat="1">
-      <x:c r="A10" s="2" t="s">
-        <x:v>45</x:v>
+      <x:c r="A10" s="2">
+        <x:v>6</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F10" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G10" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H10" s="2" t="s"/>
       <x:c r="I10" s="2" t="s"/>
       <x:c r="J10" s="2" t="s"/>
     </x:row>
     <x:row r="11" spans="1:10" s="2" customFormat="1">
-      <x:c r="A11" s="2" t="s">
-        <x:v>51</x:v>
+      <x:c r="A11" s="2">
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E11" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F11" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G11" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H11" s="2" t="s"/>
       <x:c r="I11" s="2" t="s"/>
       <x:c r="J11" s="2" t="s"/>
     </x:row>
     <x:row r="12" spans="1:10" s="2" customFormat="1">
-      <x:c r="A12" s="2" t="s">
-        <x:v>56</x:v>
+      <x:c r="A12" s="2">
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E12" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F12" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G12" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="2" t="s"/>
       <x:c r="I12" s="2" t="s"/>
       <x:c r="J12" s="2" t="s"/>
     </x:row>
     <x:row r="13" spans="1:10" s="2" customFormat="1">
-      <x:c r="A13" s="2" t="s">
-        <x:v>61</x:v>
+      <x:c r="A13" s="2">
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G13" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H13" s="2" t="s"/>
       <x:c r="I13" s="2" t="s"/>
       <x:c r="J13" s="2" t="s"/>
     </x:row>
     <x:row r="14" spans="1:10" s="2" customFormat="1">
-      <x:c r="A14" s="2" t="s">
-        <x:v>66</x:v>
+      <x:c r="A14" s="2">
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G14" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H14" s="2" t="s"/>
       <x:c r="I14" s="2" t="s"/>
       <x:c r="J14" s="2" t="s"/>
     </x:row>
     <x:row r="15" spans="1:10" s="2" customFormat="1">
-      <x:c r="A15" s="2" t="s">
-        <x:v>71</x:v>
+      <x:c r="A15" s="2">
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E15" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F15" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G15" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="2" t="s"/>
       <x:c r="I15" s="2" t="s"/>
       <x:c r="J15" s="2" t="s"/>
     </x:row>
     <x:row r="16" spans="1:10" s="2" customFormat="1">
-      <x:c r="A16" s="2" t="s">
-        <x:v>76</x:v>
+      <x:c r="A16" s="2">
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B16" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D16" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E16" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F16" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G16" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H16" s="2" t="s"/>
       <x:c r="I16" s="2" t="s"/>
       <x:c r="J16" s="2" t="s"/>
     </x:row>
     <x:row r="17" spans="1:10" s="2" customFormat="1">
-      <x:c r="A17" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A17" s="2">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D17" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E17" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G17" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H17" s="2" t="s"/>
       <x:c r="I17" s="2" t="s"/>
       <x:c r="J17" s="2" t="s"/>
     </x:row>
     <x:row r="18" spans="1:10" s="2" customFormat="1">
-      <x:c r="A18" s="2" t="s">
-        <x:v>84</x:v>
+      <x:c r="A18" s="2">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D18" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E18" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G18" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H18" s="2" t="s"/>
       <x:c r="I18" s="2" t="s"/>
       <x:c r="J18" s="2" t="s"/>
     </x:row>
     <x:row r="19" spans="1:10" s="2" customFormat="1">
-      <x:c r="A19" s="2" t="s">
-        <x:v>89</x:v>
+      <x:c r="A19" s="2">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D19" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E19" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G19" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H19" s="2" t="s"/>
       <x:c r="I19" s="2" t="s"/>
       <x:c r="J19" s="2" t="s"/>
     </x:row>
     <x:row r="20" spans="1:10" s="2" customFormat="1">
-      <x:c r="A20" s="2" t="s">
-        <x:v>94</x:v>
+      <x:c r="A20" s="2">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D20" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E20" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G20" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H20" s="2" t="s"/>
       <x:c r="I20" s="2" t="s"/>
       <x:c r="J20" s="2" t="s"/>
     </x:row>
     <x:row r="21" spans="1:10" s="2" customFormat="1">
-      <x:c r="A21" s="2" t="s">
-        <x:v>99</x:v>
+      <x:c r="A21" s="2">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D21" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E21" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H21" s="2" t="s"/>
       <x:c r="I21" s="2" t="s"/>
       <x:c r="J21" s="2" t="s"/>
     </x:row>
     <x:row r="22" spans="1:10" s="2" customFormat="1">
-      <x:c r="A22" s="2" t="s">
-        <x:v>104</x:v>
+      <x:c r="A22" s="2">
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E22" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G22" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H22" s="2" t="s"/>
       <x:c r="I22" s="2" t="s"/>
       <x:c r="J22" s="2" t="s"/>
     </x:row>
     <x:row r="23" spans="1:10" s="2" customFormat="1">
-      <x:c r="A23" s="2" t="s">
-        <x:v>109</x:v>
+      <x:c r="A23" s="2">
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D23" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E23" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G23" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H23" s="2" t="s"/>
       <x:c r="I23" s="2" t="s"/>
       <x:c r="J23" s="2" t="s"/>
     </x:row>
     <x:row r="24" spans="1:10" s="2" customFormat="1">
-      <x:c r="A24" s="2" t="s">
-        <x:v>114</x:v>
+      <x:c r="A24" s="2">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D24" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E24" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F24" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G24" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H24" s="2" t="s"/>
       <x:c r="I24" s="2" t="s"/>
       <x:c r="J24" s="2" t="s"/>
     </x:row>
     <x:row r="25" spans="1:10" s="2" customFormat="1">
-      <x:c r="A25" s="2" t="s">
-        <x:v>118</x:v>
+      <x:c r="A25" s="2">
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D25" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E25" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F25" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G25" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H25" s="2" t="s"/>
       <x:c r="I25" s="2" t="s"/>
       <x:c r="J25" s="2" t="s"/>
     </x:row>
     <x:row r="26" spans="1:10" s="2" customFormat="1">
-      <x:c r="A26" s="2" t="s">
-        <x:v>123</x:v>
+      <x:c r="A26" s="2">
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B26" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D26" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E26" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F26" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G26" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H26" s="2" t="s"/>
       <x:c r="I26" s="2" t="s"/>
       <x:c r="J26" s="2" t="s"/>
     </x:row>
     <x:row r="27" spans="1:10" s="2" customFormat="1">
-      <x:c r="A27" s="2" t="s">
-        <x:v>128</x:v>
+      <x:c r="A27" s="2">
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B27" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C27" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D27" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E27" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F27" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G27" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H27" s="2" t="s"/>
       <x:c r="I27" s="2" t="s"/>
       <x:c r="J27" s="2" t="s"/>
     </x:row>
     <x:row r="28" spans="1:10" s="2" customFormat="1">
-      <x:c r="A28" s="2" t="s">
-        <x:v>132</x:v>
+      <x:c r="A28" s="2">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B28" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D28" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E28" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F28" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G28" s="2" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="H28" s="2" t="s"/>
       <x:c r="I28" s="2" t="s"/>
       <x:c r="J28" s="2" t="s"/>
     </x:row>
     <x:row r="29" spans="1:10" s="2" customFormat="1">
-      <x:c r="A29" s="2" t="s">
-        <x:v>137</x:v>
+      <x:c r="A29" s="2">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B29" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D29" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E29" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F29" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G29" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H29" s="2" t="s"/>
       <x:c r="I29" s="2" t="s"/>
       <x:c r="J29" s="2" t="s"/>
     </x:row>
     <x:row r="30" spans="1:10" s="2" customFormat="1">
-      <x:c r="A30" s="2" t="s">
-        <x:v>142</x:v>
+      <x:c r="A30" s="2">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G30" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H30" s="2" t="s"/>
       <x:c r="I30" s="2" t="s"/>
       <x:c r="J30" s="2" t="s"/>
     </x:row>
     <x:row r="31" spans="1:10" s="2" customFormat="1">
-      <x:c r="A31" s="2" t="s">
-        <x:v>147</x:v>
+      <x:c r="A31" s="2">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s"/>
       <x:c r="I31" s="2" t="s"/>
       <x:c r="J31" s="2" t="s"/>
     </x:row>
     <x:row r="32" spans="1:10" s="2" customFormat="1">
-      <x:c r="A32" s="2" t="s">
-        <x:v>152</x:v>
+      <x:c r="A32" s="2">
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C32" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D32" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E32" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F32" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G32" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H32" s="2" t="s"/>
       <x:c r="I32" s="2" t="s"/>
       <x:c r="J32" s="2" t="s"/>
     </x:row>
     <x:row r="33" spans="1:10" s="2" customFormat="1">
-      <x:c r="A33" s="2" t="s">
-        <x:v>156</x:v>
+      <x:c r="A33" s="2">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
-        <x:v>159</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s"/>
       <x:c r="I33" s="2" t="s"/>
       <x:c r="J33" s="2" t="s"/>
     </x:row>
     <x:row r="34" spans="1:10" s="2" customFormat="1">
-      <x:c r="A34" s="2" t="s">
-        <x:v>161</x:v>
+      <x:c r="A34" s="2">
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C34" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D34" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E34" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F34" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G34" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H34" s="2" t="s"/>
       <x:c r="I34" s="2" t="s"/>
       <x:c r="J34" s="2" t="s"/>
     </x:row>
     <x:row r="35" spans="1:10" s="2" customFormat="1">
-      <x:c r="A35" s="2" t="s">
-        <x:v>164</x:v>
+      <x:c r="A35" s="2">
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B35" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C35" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D35" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E35" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F35" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G35" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H35" s="2" t="s"/>
       <x:c r="I35" s="2" t="s"/>
       <x:c r="J35" s="2" t="s"/>
     </x:row>
     <x:row r="36" spans="1:10" s="2" customFormat="1">
-      <x:c r="A36" s="2" t="s">
-        <x:v>169</x:v>
+      <x:c r="A36" s="2">
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B36" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C36" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D36" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E36" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F36" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G36" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H36" s="2" t="s"/>
       <x:c r="I36" s="2" t="s"/>
       <x:c r="J36" s="2" t="s"/>
     </x:row>
     <x:row r="37" spans="1:10" s="2" customFormat="1">
-      <x:c r="A37" s="2" t="s">
-        <x:v>173</x:v>
+      <x:c r="A37" s="2">
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C37" s="2" t="s">
-        <x:v>175</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D37" s="2" t="s">
-        <x:v>176</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E37" s="2" t="s">
-        <x:v>177</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F37" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G37" s="2" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="H37" s="2" t="s"/>
       <x:c r="I37" s="2" t="s"/>
       <x:c r="J37" s="2" t="s"/>
     </x:row>
     <x:row r="38" spans="1:10" s="2" customFormat="1">
-      <x:c r="A38" s="2" t="s">
-        <x:v>178</x:v>
+      <x:c r="A38" s="2">
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C38" s="2" t="s">
-        <x:v>180</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D38" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E38" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F38" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G38" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H38" s="2" t="s"/>
       <x:c r="I38" s="2" t="s"/>
       <x:c r="J38" s="2" t="s"/>
     </x:row>
     <x:row r="39" spans="1:10" s="2" customFormat="1">
-      <x:c r="A39" s="2" t="s">
-        <x:v>183</x:v>
+      <x:c r="A39" s="2">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D39" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E39" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F39" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G39" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H39" s="2" t="s"/>
       <x:c r="I39" s="2" t="s"/>
       <x:c r="J39" s="2" t="s"/>
     </x:row>
     <x:row r="40" spans="1:10" s="2" customFormat="1">
-      <x:c r="A40" s="2" t="s">
-        <x:v>188</x:v>
+      <x:c r="A40" s="2">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B40" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C40" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D40" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E40" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F40" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G40" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H40" s="2" t="s"/>
       <x:c r="I40" s="2" t="s"/>
       <x:c r="J40" s="2" t="s"/>
     </x:row>
     <x:row r="41" spans="1:10" s="2" customFormat="1">
-      <x:c r="A41" s="2" t="s">
-        <x:v>192</x:v>
+      <x:c r="A41" s="2">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B41" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C41" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D41" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E41" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F41" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G41" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H41" s="2" t="s"/>
       <x:c r="I41" s="2" t="s"/>
       <x:c r="J41" s="2" t="s"/>
     </x:row>
     <x:row r="42" spans="1:10" s="2" customFormat="1">
-      <x:c r="A42" s="2" t="s">
-        <x:v>196</x:v>
+      <x:c r="A42" s="2">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C42" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D42" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E42" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F42" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G42" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H42" s="2" t="s"/>
       <x:c r="I42" s="2" t="s"/>
       <x:c r="J42" s="2" t="s"/>
     </x:row>
     <x:row r="43" spans="1:10" s="2" customFormat="1">
-      <x:c r="A43" s="2" t="s">
-        <x:v>199</x:v>
+      <x:c r="A43" s="2">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B43" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C43" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D43" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E43" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F43" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G43" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H43" s="2" t="s"/>
       <x:c r="I43" s="2" t="s"/>
       <x:c r="J43" s="2" t="s"/>
     </x:row>
     <x:row r="44" spans="1:10" s="2" customFormat="1">
-      <x:c r="A44" s="2" t="s">
-        <x:v>204</x:v>
+      <x:c r="A44" s="2">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B44" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C44" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D44" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E44" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F44" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G44" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H44" s="2" t="s"/>
       <x:c r="I44" s="2" t="s"/>
       <x:c r="J44" s="2" t="s"/>
     </x:row>
     <x:row r="45" spans="1:10" s="2" customFormat="1">
-      <x:c r="A45" s="2" t="s">
-        <x:v>209</x:v>
+      <x:c r="A45" s="2">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s"/>
       <x:c r="I45" s="2" t="s"/>
       <x:c r="J45" s="2" t="s"/>
     </x:row>
     <x:row r="46" spans="1:10" s="2" customFormat="1">
-      <x:c r="A46" s="2" t="s">
-        <x:v>214</x:v>
+      <x:c r="A46" s="2">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C46" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D46" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E46" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F46" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G46" s="2" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="H46" s="2" t="s"/>
       <x:c r="I46" s="2" t="s"/>
       <x:c r="J46" s="2" t="s"/>
     </x:row>
     <x:row r="47" spans="1:10" s="2" customFormat="1">
-      <x:c r="A47" s="2" t="s">
-        <x:v>217</x:v>
+      <x:c r="A47" s="2">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B47" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C47" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D47" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E47" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F47" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G47" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H47" s="2" t="s"/>
       <x:c r="I47" s="2" t="s"/>
       <x:c r="J47" s="2" t="s"/>
     </x:row>
     <x:row r="48" spans="1:10" s="2" customFormat="1">
-      <x:c r="A48" s="2" t="s">
-        <x:v>222</x:v>
+      <x:c r="A48" s="2">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C48" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D48" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E48" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F48" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G48" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H48" s="2" t="s"/>
       <x:c r="I48" s="2" t="s"/>
       <x:c r="J48" s="2" t="s"/>
     </x:row>
     <x:row r="49" spans="1:10" s="2" customFormat="1">
-      <x:c r="A49" s="2" t="s">
-        <x:v>227</x:v>
+      <x:c r="A49" s="2">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C49" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D49" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E49" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F49" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G49" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H49" s="2" t="s"/>
       <x:c r="I49" s="2" t="s"/>
       <x:c r="J49" s="2" t="s"/>
     </x:row>
     <x:row r="50" spans="1:10" s="2" customFormat="1">
-      <x:c r="A50" s="2" t="s">
-        <x:v>232</x:v>
+      <x:c r="A50" s="2">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C50" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D50" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E50" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F50" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G50" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H50" s="2" t="s"/>
       <x:c r="I50" s="2" t="s"/>
       <x:c r="J50" s="2" t="s"/>
     </x:row>
     <x:row r="51" spans="1:10" s="2" customFormat="1">
-      <x:c r="A51" s="2" t="s">
-        <x:v>236</x:v>
+      <x:c r="A51" s="2">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C51" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D51" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E51" s="2" t="s">
-        <x:v>240</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F51" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G51" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H51" s="2" t="s"/>
       <x:c r="I51" s="2" t="s"/>
       <x:c r="J51" s="2" t="s"/>
     </x:row>
     <x:row r="52" spans="1:10" s="2" customFormat="1">
-      <x:c r="A52" s="2" t="s">
-        <x:v>241</x:v>
+      <x:c r="A52" s="2">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C52" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D52" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="D52" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E52" s="2" t="s">
-        <x:v>242</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F52" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G52" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H52" s="2" t="s"/>
       <x:c r="I52" s="2" t="s"/>
       <x:c r="J52" s="2" t="s"/>
     </x:row>
     <x:row r="53" spans="1:10" s="2" customFormat="1">
-      <x:c r="A53" s="2" t="s">
-        <x:v>243</x:v>
+      <x:c r="A53" s="2">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="2" t="s">
-        <x:v>244</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C53" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D53" s="2" t="s">
-        <x:v>245</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E53" s="2" t="s">
-        <x:v>246</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F53" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G53" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H53" s="2" t="s"/>
       <x:c r="I53" s="2" t="s"/>
       <x:c r="J53" s="2" t="s"/>
     </x:row>
     <x:row r="54" spans="1:10" s="2" customFormat="1">
-      <x:c r="A54" s="2" t="s">
-        <x:v>247</x:v>
+      <x:c r="A54" s="2">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="2" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C54" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D54" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E54" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C54" s="2" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F54" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G54" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H54" s="2" t="s"/>
       <x:c r="I54" s="2" t="s"/>
       <x:c r="J54" s="2" t="s"/>
     </x:row>
     <x:row r="55" spans="1:10" s="2" customFormat="1">
-      <x:c r="A55" s="2" t="s">
-        <x:v>251</x:v>
+      <x:c r="A55" s="2">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
-        <x:v>252</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G55" s="2" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="H55" s="2" t="s"/>
       <x:c r="I55" s="2" t="s"/>
       <x:c r="J55" s="2" t="s"/>
     </x:row>
     <x:row r="56" spans="1:10" s="2" customFormat="1">
-      <x:c r="A56" s="2" t="s">
-        <x:v>254</x:v>
+      <x:c r="A56" s="2">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C56" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D56" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E56" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F56" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G56" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H56" s="2" t="s"/>
       <x:c r="I56" s="2" t="s"/>
       <x:c r="J56" s="2" t="s"/>
     </x:row>
     <x:row r="57" spans="1:10" s="2" customFormat="1">
-      <x:c r="A57" s="2" t="s">
-        <x:v>259</x:v>
+      <x:c r="A57" s="2">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C57" s="2" t="s">
-        <x:v>175</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D57" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E57" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F57" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G57" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H57" s="2" t="s"/>
       <x:c r="I57" s="2" t="s"/>
       <x:c r="J57" s="2" t="s"/>
     </x:row>
     <x:row r="58" spans="1:10" s="2" customFormat="1">
-      <x:c r="A58" s="2" t="s">
-        <x:v>262</x:v>
+      <x:c r="A58" s="2">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C58" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D58" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E58" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F58" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G58" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H58" s="2" t="s"/>
       <x:c r="I58" s="2" t="s"/>
       <x:c r="J58" s="2" t="s"/>
     </x:row>
     <x:row r="59" spans="1:10" s="2" customFormat="1">
-      <x:c r="A59" s="2" t="s">
-        <x:v>266</x:v>
+      <x:c r="A59" s="2">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B59" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C59" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
-        <x:v>159</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E59" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F59" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G59" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H59" s="2" t="s"/>
       <x:c r="I59" s="2" t="s"/>
       <x:c r="J59" s="2" t="s"/>
     </x:row>
     <x:row r="60" spans="1:10" s="2" customFormat="1">
-      <x:c r="A60" s="2" t="s">
-        <x:v>270</x:v>
+      <x:c r="A60" s="2">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s"/>
       <x:c r="I60" s="2" t="s"/>
       <x:c r="J60" s="2" t="s"/>
     </x:row>
     <x:row r="61" spans="1:10" s="2" customFormat="1">
-      <x:c r="A61" s="2" t="s">
-        <x:v>274</x:v>
+      <x:c r="A61" s="2">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B61" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C61" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D61" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E61" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F61" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G61" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H61" s="2" t="s"/>
       <x:c r="I61" s="2" t="s"/>
       <x:c r="J61" s="2" t="s"/>
     </x:row>
     <x:row r="62" spans="1:10" s="2" customFormat="1">
-      <x:c r="A62" s="2" t="s">
-        <x:v>278</x:v>
+      <x:c r="A62" s="2">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B62" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C62" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D62" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E62" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F62" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G62" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H62" s="2" t="s"/>
       <x:c r="I62" s="2" t="s"/>
       <x:c r="J62" s="2" t="s"/>
     </x:row>
     <x:row r="63" spans="1:10" s="2" customFormat="1">
-      <x:c r="A63" s="2" t="s">
-        <x:v>282</x:v>
+      <x:c r="A63" s="2">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B63" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C63" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D63" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E63" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F63" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G63" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H63" s="2" t="s"/>
       <x:c r="I63" s="2" t="s"/>
       <x:c r="J63" s="2" t="s"/>
     </x:row>
     <x:row r="64" spans="1:10" s="2" customFormat="1">
-      <x:c r="A64" s="2" t="s">
-        <x:v>287</x:v>
+      <x:c r="A64" s="2">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B64" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C64" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D64" s="2" t="s">
-        <x:v>290</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E64" s="2" t="s">
-        <x:v>291</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F64" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G64" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H64" s="2" t="s"/>
       <x:c r="I64" s="2" t="s"/>
       <x:c r="J64" s="2" t="s"/>
     </x:row>
     <x:row r="65" spans="1:10" s="2" customFormat="1">
-      <x:c r="A65" s="2" t="s">
-        <x:v>292</x:v>
+      <x:c r="A65" s="2">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B65" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C65" s="2" t="s">
-        <x:v>293</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D65" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E65" s="2" t="s">
-        <x:v>294</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F65" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G65" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H65" s="2" t="s"/>
       <x:c r="I65" s="2" t="s"/>
       <x:c r="J65" s="2" t="s"/>
     </x:row>
     <x:row r="66" spans="1:10" s="2" customFormat="1">
-      <x:c r="A66" s="2" t="s">
-        <x:v>295</x:v>
+      <x:c r="A66" s="2">
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B66" s="2" t="s">
-        <x:v>296</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C66" s="2" t="s">
-        <x:v>297</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D66" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E66" s="2" t="s">
-        <x:v>298</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F66" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G66" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H66" s="2" t="s"/>
       <x:c r="I66" s="2" t="s"/>
       <x:c r="J66" s="2" t="s"/>
     </x:row>
     <x:row r="67" spans="1:10" s="2" customFormat="1">
-      <x:c r="A67" s="2" t="s">
-        <x:v>299</x:v>
+      <x:c r="A67" s="2">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B67" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C67" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D67" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E67" s="2" t="s">
-        <x:v>302</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F67" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G67" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H67" s="2" t="s"/>
       <x:c r="I67" s="2" t="s"/>
       <x:c r="J67" s="2" t="s"/>
     </x:row>
     <x:row r="68" spans="1:10" s="2" customFormat="1">
-      <x:c r="A68" s="2" t="s">
-        <x:v>303</x:v>
+      <x:c r="A68" s="2">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B68" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C68" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D68" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E68" s="2" t="s">
-        <x:v>304</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F68" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G68" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H68" s="2" t="s"/>
       <x:c r="I68" s="2" t="s"/>
       <x:c r="J68" s="2" t="s"/>
     </x:row>
     <x:row r="69" spans="1:10" s="2" customFormat="1">
-      <x:c r="A69" s="2" t="s">
-        <x:v>305</x:v>
+      <x:c r="A69" s="2">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B69" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C69" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D69" s="2" t="s">
-        <x:v>306</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E69" s="2" t="s">
-        <x:v>307</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F69" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G69" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H69" s="2" t="s"/>
       <x:c r="I69" s="2" t="s"/>
       <x:c r="J69" s="2" t="s"/>
     </x:row>
     <x:row r="70" spans="1:10" s="2" customFormat="1">
-      <x:c r="A70" s="2" t="s">
-        <x:v>308</x:v>
+      <x:c r="A70" s="2">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B70" s="2" t="s">
-        <x:v>309</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C70" s="2" t="s">
-        <x:v>310</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D70" s="2" t="s">
-        <x:v>311</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E70" s="2" t="s">
-        <x:v>312</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F70" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G70" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H70" s="2" t="s"/>
       <x:c r="I70" s="2" t="s"/>
       <x:c r="J70" s="2" t="s"/>
     </x:row>
     <x:row r="71" spans="1:10" s="3" customFormat="1">
-      <x:c r="A71" s="3" t="s">
-        <x:v>313</x:v>
+      <x:c r="A71" s="3">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E71" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F71" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H71" s="3" t="s"/>
       <x:c r="I71" s="3" t="s"/>
       <x:c r="J71" s="3" t="s"/>
     </x:row>
     <x:row r="72" spans="1:10" s="2" customFormat="1">
-      <x:c r="A72" s="2" t="s">
-        <x:v>318</x:v>
+      <x:c r="A72" s="2">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B72" s="2" t="s">
-        <x:v>319</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C72" s="2" t="s">
-        <x:v>320</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D72" s="2" t="s">
-        <x:v>321</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E72" s="2" t="s">
-        <x:v>322</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F72" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G72" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="2" t="s"/>
       <x:c r="I72" s="2" t="s"/>
       <x:c r="J72" s="2" t="s"/>
     </x:row>
     <x:row r="73" spans="1:10" s="2" customFormat="1">
-      <x:c r="A73" s="2" t="s">
-        <x:v>323</x:v>
+      <x:c r="A73" s="2">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B73" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C73" s="2" t="s">
-        <x:v>325</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D73" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E73" s="2" t="s">
-        <x:v>326</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F73" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G73" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H73" s="2" t="s"/>
       <x:c r="I73" s="2" t="s"/>
       <x:c r="J73" s="2" t="s"/>
     </x:row>
     <x:row r="74" spans="1:10" s="2" customFormat="1">
-      <x:c r="A74" s="2" t="s">
-        <x:v>327</x:v>
+      <x:c r="A74" s="2">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B74" s="2" t="s">
-        <x:v>328</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C74" s="2" t="s">
-        <x:v>329</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D74" s="2" t="s">
-        <x:v>330</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E74" s="2" t="s">
-        <x:v>331</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F74" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G74" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H74" s="2" t="s"/>
       <x:c r="I74" s="2" t="s"/>
       <x:c r="J74" s="2" t="s"/>
     </x:row>
     <x:row r="75" spans="1:10" s="2" customFormat="1">
-      <x:c r="A75" s="2" t="s">
-        <x:v>332</x:v>
+      <x:c r="A75" s="2">
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B75" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C75" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D75" s="2" t="s">
-        <x:v>333</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E75" s="2" t="s">
-        <x:v>334</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F75" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G75" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H75" s="2" t="s"/>
       <x:c r="I75" s="2" t="s"/>
       <x:c r="J75" s="2" t="s"/>
     </x:row>
     <x:row r="76" spans="1:10" s="2" customFormat="1">
-      <x:c r="A76" s="2" t="s">
-        <x:v>335</x:v>
+      <x:c r="A76" s="2">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="2" t="s">
-        <x:v>336</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C76" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D76" s="2" t="s">
-        <x:v>338</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E76" s="2" t="s">
-        <x:v>339</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F76" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G76" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H76" s="2" t="s"/>
       <x:c r="I76" s="2" t="s"/>
       <x:c r="J76" s="2" t="s"/>
     </x:row>
     <x:row r="77" spans="1:10" s="2" customFormat="1">
-      <x:c r="A77" s="2" t="s">
-        <x:v>340</x:v>
+      <x:c r="A77" s="2">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B77" s="2" t="s">
-        <x:v>328</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C77" s="2" t="s">
-        <x:v>341</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D77" s="2" t="s">
-        <x:v>342</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E77" s="2" t="s">
-        <x:v>343</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F77" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G77" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H77" s="2" t="s"/>
       <x:c r="I77" s="2" t="s"/>
       <x:c r="J77" s="2" t="s"/>
     </x:row>
     <x:row r="78" spans="1:10" s="2" customFormat="1">
-      <x:c r="A78" s="2" t="s">
-        <x:v>344</x:v>
+      <x:c r="A78" s="2">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="2" t="s">
-        <x:v>345</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C78" s="2" t="s">
-        <x:v>346</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D78" s="2" t="s">
-        <x:v>347</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E78" s="2" t="s">
-        <x:v>348</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F78" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G78" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H78" s="2" t="s"/>
       <x:c r="I78" s="2" t="s"/>
       <x:c r="J78" s="2" t="s"/>
     </x:row>
     <x:row r="79" spans="1:10" s="2" customFormat="1">
-      <x:c r="A79" s="2" t="s">
-        <x:v>349</x:v>
+      <x:c r="A79" s="2">
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C79" s="2" t="s">
-        <x:v>350</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D79" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E79" s="2" t="s">
-        <x:v>351</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F79" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="G79" s="2" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="H79" s="2" t="s"/>
       <x:c r="I79" s="2" t="s"/>
       <x:c r="J79" s="2" t="s"/>
     </x:row>
     <x:row r="80" spans="1:10" s="2" customFormat="1">
-      <x:c r="A80" s="2" t="s">
-        <x:v>352</x:v>
+      <x:c r="A80" s="2">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C80" s="2" t="s">
-        <x:v>354</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D80" s="2" t="s">
-        <x:v>355</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E80" s="2" t="s">
-        <x:v>356</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F80" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G80" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H80" s="2" t="s"/>
       <x:c r="I80" s="2" t="s"/>
       <x:c r="J80" s="2" t="s"/>
     </x:row>
     <x:row r="81" spans="1:10" s="2" customFormat="1">
-      <x:c r="A81" s="2" t="s">
-        <x:v>357</x:v>
+      <x:c r="A81" s="2">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C81" s="2" t="s">
-        <x:v>358</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D81" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E81" s="2" t="s">
-        <x:v>360</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F81" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G81" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H81" s="2" t="s"/>
       <x:c r="I81" s="2" t="s"/>
       <x:c r="J81" s="2" t="s"/>
     </x:row>
     <x:row r="82" spans="1:10" s="2" customFormat="1">
-      <x:c r="A82" s="2" t="s">
-        <x:v>361</x:v>
+      <x:c r="A82" s="2">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C82" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D82" s="2" t="s">
-        <x:v>362</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E82" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F82" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G82" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H82" s="2" t="s"/>
       <x:c r="I82" s="2" t="s"/>
       <x:c r="J82" s="2" t="s"/>
     </x:row>
     <x:row r="83" spans="1:10" s="2" customFormat="1">
-      <x:c r="A83" s="2" t="s">
-        <x:v>364</x:v>
+      <x:c r="A83" s="2">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C83" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D83" s="2" t="s">
-        <x:v>347</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E83" s="2" t="s">
-        <x:v>366</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F83" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G83" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H83" s="2" t="s"/>
       <x:c r="I83" s="2" t="s"/>
       <x:c r="J83" s="2" t="s"/>
     </x:row>
     <x:row r="84" spans="1:10" s="3" customFormat="1">
-      <x:c r="A84" s="3" t="s">
-        <x:v>367</x:v>
+      <x:c r="A84" s="3">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
-        <x:v>368</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D84" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E84" s="3" t="s">
-        <x:v>370</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F84" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H84" s="3" t="s"/>
       <x:c r="I84" s="3" t="s"/>
       <x:c r="J84" s="3" t="s"/>
     </x:row>
     <x:row r="85" spans="1:10" s="2" customFormat="1">
-      <x:c r="A85" s="2" t="s">
-        <x:v>371</x:v>
+      <x:c r="A85" s="2">
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C85" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D85" s="2" t="s">
-        <x:v>372</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E85" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F85" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G85" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H85" s="2" t="s"/>
       <x:c r="I85" s="2" t="s"/>
       <x:c r="J85" s="2" t="s"/>
     </x:row>
     <x:row r="86" spans="1:10" s="2" customFormat="1">
-      <x:c r="A86" s="2" t="s">
-        <x:v>374</x:v>
+      <x:c r="A86" s="2">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C86" s="2" t="s">
-        <x:v>375</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D86" s="2" t="s">
-        <x:v>376</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E86" s="2" t="s">
-        <x:v>377</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F86" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G86" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H86" s="2" t="s"/>
       <x:c r="I86" s="2" t="s"/>
       <x:c r="J86" s="2" t="s"/>
     </x:row>
     <x:row r="87" spans="1:10" s="2" customFormat="1">
-      <x:c r="A87" s="2" t="s">
-        <x:v>378</x:v>
+      <x:c r="A87" s="2">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="2" t="s">
-        <x:v>379</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C87" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D87" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E87" s="2" t="s">
-        <x:v>381</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F87" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G87" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H87" s="2" t="s"/>
       <x:c r="I87" s="2" t="s"/>
       <x:c r="J87" s="2" t="s"/>
     </x:row>
-    <x:row r="88" spans="1:10" s="2" customFormat="1">
-[...1150 lines deleted...]
-    </x:row>
+    <x:row r="88" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="89" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="90" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="91" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="92" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="93" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="94" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="95" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="96" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="97" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="98" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="99" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="100" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="101" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="102" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="103" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="104" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="105" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="106" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="107" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="108" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="109" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="110" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="111" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="112" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="113" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="114" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="115" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="116" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="117" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="118" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="119" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="120" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="121" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="122" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="123" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="124" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="125" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="126" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="127" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="128" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="129" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="130" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="131" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="132" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="133" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="134" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="135" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="136" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="137" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="138" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="139" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="140" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="141" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="142" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="143" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="144" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="145" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="146" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="147" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="148" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="149" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="150" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="151" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="152" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="153" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="154" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="155" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="156" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="157" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="158" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="159" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="160" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="161" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="162" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="163" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="164" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="165" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="166" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="167" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="168" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="169" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="170" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="171" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="172" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="173" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="174" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="175" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="176" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="177" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="178" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="179" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="180" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="181" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="182" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="183" spans="1:10" s="4" customFormat="1"/>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="landscape" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="5.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="30.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="40.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.710625" style="0" customWidth="1"/>
     <x:col min="9" max="10" width="30.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
-        <x:v>382</x:v>
-[...9 lines deleted...]
-      <x:c r="J1" s="1" t="s"/>
+        <x:v>299</x:v>
+      </x:c>
     </x:row>
     <x:row r="2" spans="1:10" s="1" customFormat="1">
       <x:c r="A2" s="5" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B2" s="5" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J2" s="5" t="s"/>
+      <x:c r="B2" s="5"/>
+      <x:c r="C2" s="5"/>
+      <x:c r="D2" s="5"/>
+      <x:c r="E2" s="5"/>
+      <x:c r="F2" s="5"/>
+      <x:c r="G2" s="5"/>
+      <x:c r="H2" s="5"/>
+      <x:c r="I2" s="5"/>
+      <x:c r="J2" s="5"/>
     </x:row>
     <x:row r="3" spans="1:10" s="1" customFormat="1">
       <x:c r="A3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B3" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J3" s="1" t="s"/>
     </x:row>
     <x:row r="4" spans="1:10" s="1" customFormat="1">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="J4" s="1" t="s"/>
-[...1152 lines deleted...]
-    </x:row>
+    </x:row>
+    <x:row r="5" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="6" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="7" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="8" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="9" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="10" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="11" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="12" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="13" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="14" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="15" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="16" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="17" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="18" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="19" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="20" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="21" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="22" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="23" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="24" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="25" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="26" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="27" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="28" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="29" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="30" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="31" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="32" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="33" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="34" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="35" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="36" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="37" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="38" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="39" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="40" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="41" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="42" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="43" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="44" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="45" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="46" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="47" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="48" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="49" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="50" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="51" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="52" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="53" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="54" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="55" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="56" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="57" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="58" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="59" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="60" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="61" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="62" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="63" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="64" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="65" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="66" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="67" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="68" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="69" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="70" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="71" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="72" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="73" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="74" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="75" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="76" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="77" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="78" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="79" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="80" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="81" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="82" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="83" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="84" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="85" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="86" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="87" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="88" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="89" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="90" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="91" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="92" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="93" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="94" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="95" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="96" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="97" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="98" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="99" spans="1:10" s="4" customFormat="1"/>
+    <x:row r="100" spans="1:10" s="4" customFormat="1"/>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="landscape" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="6">
+      <vt:lpstr>համապետական I մաս</vt:lpstr>
+      <vt:lpstr>համապետական II մաս</vt:lpstr>
+      <vt:lpstr>համապետական I մաս!Print_Area</vt:lpstr>
+      <vt:lpstr>համապետական I մաս!Print_Titles</vt:lpstr>
+      <vt:lpstr>համապետական II մաս!Print_Area</vt:lpstr>
+      <vt:lpstr>համապետական II մաս!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
-  <ap:TitlesOfParts>
-[...8 lines deleted...]
-  </ap:TitlesOfParts>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>