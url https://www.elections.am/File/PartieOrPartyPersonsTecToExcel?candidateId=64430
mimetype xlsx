--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f7e04a6dc5f444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15ac44b0dd744f0caed11786560d2886.psmdcp" Id="R816cd0745d004b37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b43b820b01047cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8056805afe2f4d4abc0a9ca0e7e90a1d.psmdcp" Id="R8a43c7ff27374c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="207">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ԱՊՐԵԼՈՒ ԵՐԿԻՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t>05.12.2021	Լոռի - Վանաձոր</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
@@ -218,50 +218,53 @@
     <x:t>Վանաձոր, բանաստեղծ, հրապարակախոս</x:t>
   </x:si>
   <x:si>
     <x:t>20-Ա</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՈՎՍԵՓՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼԻԼԻԹ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՄՎԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>15-11-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ԿՆՈՒՆՅԱՆՑ Փ., Շ, 50, 30, </x:t>
   </x:si>
   <x:si>
     <x:t>Վանաձոր, ՄՍԾՎՏԿ/ տ․տ․ համակարգող</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Արձ․10</x:t>
   </x:si>
   <x:si>
     <x:t>8</x:t>
   </x:si>
   <x:si>
     <x:t>ԲԱԼԱՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈԲԵՐՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԵՐԺԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>04-07-1978</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՇԻՆԱՐԱՐՆԵՐԻ ՅՈՒԲԿ Փ., Շ, 2, 7, </x:t>
   </x:si>
   <x:si>
     <x:t>Վանաձոր, «Միգ» ռադիոկայան, գործադիր տնօրեն</x:t>
   </x:si>
   <x:si>
     <x:t>9</x:t>
   </x:si>
@@ -1318,720 +1321,720 @@
       <x:c r="C10" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:10" s="2" customFormat="1">
-      <x:c r="A11" s="2" t="s">
+    <x:row r="11" spans="1:10" s="3" customFormat="1">
+      <x:c r="A11" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="B11" s="2" t="s">
+      <x:c r="B11" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C11" s="2" t="s">
+      <x:c r="C11" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="D11" s="2" t="s">
+      <x:c r="D11" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E11" s="2" t="s">
+      <x:c r="E11" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F11" s="2" t="s">
+      <x:c r="F11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G11" s="2" t="s">
+      <x:c r="G11" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="H11" s="2" t="s">
+      <x:c r="H11" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="I11" s="2" t="s">
+      <x:c r="I11" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="J11" s="2" t="s">
-        <x:v>21</x:v>
+      <x:c r="J11" s="3" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" s="2" customFormat="1">
       <x:c r="A12" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F12" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G12" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H12" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I12" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J12" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" s="2" customFormat="1">
       <x:c r="A13" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F13" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G13" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H13" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I13" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J13" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" s="3" customFormat="1">
       <x:c r="A14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J14" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" s="3" customFormat="1">
       <x:c r="A15" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J15" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" s="3" customFormat="1">
       <x:c r="A16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" s="3" customFormat="1">
       <x:c r="A17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J17" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" s="3" customFormat="1">
       <x:c r="A18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" s="3" customFormat="1">
       <x:c r="A19" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J19" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" s="3" customFormat="1">
       <x:c r="A20" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F20" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J20" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" s="3" customFormat="1">
       <x:c r="A21" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F21" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J21" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" s="3" customFormat="1">
       <x:c r="A22" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F22" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I22" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J22" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" s="2" customFormat="1">
       <x:c r="A23" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C23" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D23" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E23" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F23" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G23" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H23" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I23" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J23" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" s="3" customFormat="1">
       <x:c r="A24" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H24" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I24" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J24" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" s="3" customFormat="1">
       <x:c r="A25" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H25" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I25" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J25" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" s="3" customFormat="1">
       <x:c r="A26" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H26" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I26" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J26" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" s="3" customFormat="1">
       <x:c r="A27" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F27" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H27" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I27" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J27" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" s="2" customFormat="1">
       <x:c r="A28" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B28" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C28" s="2" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D28" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E28" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F28" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H28" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I28" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J28" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" s="3" customFormat="1">
       <x:c r="A29" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F29" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H29" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I29" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J29" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" s="2" customFormat="1">
       <x:c r="A30" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H30" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I30" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J30" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" s="3" customFormat="1">
       <x:c r="A31" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J31" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" s="2" customFormat="1">
       <x:c r="A32" s="2" t="s"/>
       <x:c r="B32" s="2" t="s"/>
       <x:c r="C32" s="2" t="s"/>
       <x:c r="D32" s="2" t="s"/>
       <x:c r="E32" s="2" t="s"/>
       <x:c r="F32" s="2" t="s"/>
       <x:c r="G32" s="2" t="s"/>
       <x:c r="H32" s="2" t="s"/>
       <x:c r="I32" s="2" t="s"/>
       <x:c r="J32" s="2" t="s"/>
     </x:row>
     <x:row r="33" spans="1:10" s="2" customFormat="1">
       <x:c r="A33" s="2" t="s"/>
       <x:c r="B33" s="2" t="s"/>
       <x:c r="C33" s="2" t="s"/>
       <x:c r="D33" s="2" t="s"/>
       <x:c r="E33" s="2" t="s"/>
       <x:c r="F33" s="2" t="s"/>
       <x:c r="G33" s="2" t="s"/>
       <x:c r="H33" s="2" t="s"/>
       <x:c r="I33" s="2" t="s"/>
       <x:c r="J33" s="2" t="s"/>