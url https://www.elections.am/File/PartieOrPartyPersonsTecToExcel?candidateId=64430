--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b43b820b01047cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8056805afe2f4d4abc0a9ca0e7e90a1d.psmdcp" Id="R8a43c7ff27374c3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R678b40a166864eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52dea803d75249309963186e6a7874b3.psmdcp" Id="R8a7ef334ff814022" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="207">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ԱՊՐԵԼՈՒ ԵՐԿԻՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>