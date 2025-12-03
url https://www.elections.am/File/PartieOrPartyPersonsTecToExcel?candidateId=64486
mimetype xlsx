--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275b58652ef0460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67d35e9cd43a4f13bb9655d61eba01ee.psmdcp" Id="R432aa662fff2496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ba805209b64890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d425aefdf56468da9c12bddc965103f.psmdcp" Id="R40a582b2593248e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="515" uniqueCount="515">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ԲԱՐԳԱՎԱՃ ՀԱՅԱՍՏԱՆ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>