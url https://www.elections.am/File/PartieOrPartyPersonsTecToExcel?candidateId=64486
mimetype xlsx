--- v1 (2025-12-03)
+++ v2 (2026-01-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ba805209b64890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d425aefdf56468da9c12bddc965103f.psmdcp" Id="R40a582b2593248e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd029cb819e74859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6671851bdbd94561a2058726f2d6811f.psmdcp" Id="Re6dd8a60d46b4fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="515" uniqueCount="515">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ԲԱՐԳԱՎԱՃ ՀԱՅԱՍՏԱՆ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>