--- v2 (2026-01-26)
+++ v3 (2026-03-13)
@@ -1,1611 +1,1374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd029cb819e74859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6671851bdbd94561a2058726f2d6811f.psmdcp" Id="Re6dd8a60d46b4fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58621132fab4686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2bf2bdc7fdf43d5bec52224a3e32f61.psmdcp" Id="Re92c8d761fd64176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="515" uniqueCount="515">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ԲԱՐԳԱՎԱՃ ՀԱՅԱՍՏԱՆ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t>05.12.2021	Կոտայք - Աբովյան</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
     <x:t>Ծննդյան ա/թ</x:t>
   </x:si>
   <x:si>
     <x:t>Կուuակցական պատկանելությունը</x:t>
   </x:si>
   <x:si>
     <x:t>Հաշվառման վայրը</x:t>
   </x:si>
   <x:si>
     <x:t>Աշխատանքի վայրը, պաշտոնը (զբաղմունքը)</x:t>
   </x:si>
   <x:si>
     <x:t>Նշում</x:t>
   </x:si>
   <x:si>
-    <x:t>1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԲԱԲԱՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԷԴՈՒԱՐԴ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԼԱԴԻՄԻՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>Արական</x:t>
   </x:si>
   <x:si>
     <x:t>09-08-1972</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, Է. ԱՎԱԳՅԱՆ Փ., Տ, 47, </x:t>
   </x:si>
   <x:si>
     <x:t>չի աշխատում</x:t>
   </x:si>
   <x:si>
     <x:t>9-Ա</x:t>
   </x:si>
   <x:si>
-    <x:t>2</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՔՈՍԱԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԵՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍՈՒՐԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>10-09-1984</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 4 ՄԿՐՇ., Շ, 49, 31, </x:t>
   </x:si>
   <x:si>
     <x:t>Գ, Բալահովիտ Մուլտի գազ ՍՊԸ, տնօրեն</x:t>
   </x:si>
   <x:si>
-    <x:t>3</x:t>
+    <x:t>Արձ.1</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԵՏԱՔՍՅԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԼԵՔՍԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>Իգական</x:t>
   </x:si>
   <x:si>
     <x:t>17-11-1969</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 2 ՄԿՐՇ., Շ, 8, 50, </x:t>
   </x:si>
   <x:si>
     <x:t>1-Ա</x:t>
   </x:si>
   <x:si>
-    <x:t>4</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄՈՎՍԻՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԹՈՒՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱՌՆԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-01-1996</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 1 Փ., Տ, 2, </x:t>
   </x:si>
   <x:si>
     <x:t>Գազպրոմ Արմենիա ՓԲԸ Տրանս գազ ՍՊԸ, առաջատար մասնագետ</x:t>
   </x:si>
   <x:si>
     <x:t>31-Ա</x:t>
   </x:si>
   <x:si>
-    <x:t>5</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԶԱՐՈՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԴԱՎԻԹ</x:t>
   </x:si>
   <x:si>
     <x:t>ԷԴԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>20-04-1993</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ԵՐԻՏԱՍԱՐԴԱԿԱՆ Փ., Շ, 1/3, 4, </x:t>
   </x:si>
   <x:si>
     <x:t>Համայնքապետարան, համայնքի ղեկավարի տեղակալ</x:t>
   </x:si>
   <x:si>
-    <x:t>6</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՂՈՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼՈՒՍԻՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՄԼԵՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>21-08-1976</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 25, 13, </x:t>
   </x:si>
   <x:si>
     <x:t>ք․Աբովյան թիվ 6 մանկապարտեզի  ՀՈ, Տնօրենի ժ/պ</x:t>
   </x:si>
   <x:si>
-    <x:t>7</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՂԱԼԵՉՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՈՌ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱԳԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>19-08-1981</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 21Ա, 24, </x:t>
   </x:si>
   <x:si>
     <x:t>ՀՀ Ֆիզիկական կուլտուրայի և սպորտի պետ․ինստ․ հիմնադրամ, դասախոս</x:t>
   </x:si>
   <x:si>
-    <x:t>8</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՂԱԶԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՏԻԳՐԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԵՆԱԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>14-05-1969</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՍԱՐԱԼԱՆՋ, Շ, 16, 31, </x:t>
   </x:si>
   <x:si>
     <x:t>ք,Աբովյան Գ․ Ծառուկյանի անվան մարզադպրոց, մարզիչ</x:t>
   </x:si>
   <x:si>
     <x:t>Արձ. 4</x:t>
   </x:si>
   <x:si>
-    <x:t>9</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԹԵՆԵՔԵՋՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԿՐՏԻՉԻ</x:t>
   </x:si>
   <x:si>
     <x:t>08-04-1980</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 46, 9, </x:t>
   </x:si>
   <x:si>
     <x:t>Ք, Աբովյան թիվ 7 հիմնական դպրոց, ուսուցիչ</x:t>
   </x:si>
   <x:si>
-    <x:t>10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԿԱՐԱՊԵՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԷԴՎԻՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՍԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>20-05-1994</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՍԵՎԱՆԻ Փ., Շ, 2/1, 57, </x:t>
   </x:si>
   <x:si>
     <x:t>Արձ.3</x:t>
   </x:si>
   <x:si>
-    <x:t>11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՐՏԻՐՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԵՎՈՐԳ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄՀԵՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-01-1982</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 4 ՄԿՐՇ., Շ, 29, 33, </x:t>
   </x:si>
   <x:si>
-    <x:t>12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՆԱՐԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԵՐՈՒԺԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>22-08-1989</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 22Բ, 9, </x:t>
   </x:si>
   <x:si>
     <x:t>ք, Աբովյանի Դրամատիկական թատրո, ադմինիստրատոր</x:t>
   </x:si>
   <x:si>
-    <x:t>13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԲՐԱՀԱՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆԻԿՈԼԱՅ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>28-07-1987</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 46, 27, </x:t>
   </x:si>
   <x:si>
     <x:t>անհատ ձեռնարկատեր</x:t>
   </x:si>
   <x:si>
-    <x:t>14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍԵԹՐԱԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԵԹՐԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԱՄԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>16-07-1980</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱՌԻՆՋ, 11 Փ., Տ, 10, </x:t>
   </x:si>
   <x:si>
     <x:t>Արձ. 16</x:t>
   </x:si>
   <x:si>
-    <x:t>15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՎԵՏԻՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԵԴԱ</x:t>
   </x:si>
   <x:si>
     <x:t>27-02-1986</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ԲԱՐԵԿԱՄՈՒԹՅԱՆ Փ., Շ, 8, 19, </x:t>
   </x:si>
   <x:si>
     <x:t>Կոտայք Թիվի, լրատվական բաժնի ղեկավար</x:t>
   </x:si>
   <x:si>
-    <x:t>16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀԱԿՈԲՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱԿՈԲԻ</x:t>
   </x:si>
   <x:si>
     <x:t>29-08-1984</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԳԵՂԱՇԵՆ, 3 ԹՂՄ. 4 Փ., Տ, 3, </x:t>
   </x:si>
   <x:si>
-    <x:t>17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍՏԵՓԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՐԱՆՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ԽԱՉԱՏՈՒՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>12-08-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 5, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>ԱՁ Ռուբիկ Թովմասյան, վաճառող</x:t>
   </x:si>
   <x:si>
-    <x:t>18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԽԱՉԱՏՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՍՄԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԻՎԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-1976</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՍԵՎԱՆԻ Փ., Շ, 2/1, 1, </x:t>
   </x:si>
   <x:si>
-    <x:t>19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՕՀԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԷՐԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՕԼԵԳԻ</x:t>
   </x:si>
   <x:si>
     <x:t>13-10-1984</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 8, 9, </x:t>
   </x:si>
   <x:si>
     <x:t>Մուլտի գրուպ Սթոուն ՓԲԸ, գլխավոր տնօրեն</x:t>
   </x:si>
   <x:si>
-    <x:t>20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԲԱԴԱԼՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՏՈՄ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԻԱՍՆԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>08-11-1975</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԳԵՂԱՇԵՆ, 6 Փ., Տ, 16, </x:t>
   </x:si>
   <x:si>
-    <x:t>21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԵՐԵՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԴԻԱՆՆԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՐՏԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>21-06-1981</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 4 ՄԿՐՇ., Շ, 43, 14, </x:t>
   </x:si>
   <x:si>
     <x:t>Սևակ Ծառուկյան ՍՊԸ, ադմինիստրատոր</x:t>
   </x:si>
   <x:si>
-    <x:t>22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԻՐԱԲՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱԿՈԲ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՌԱՔԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>12-09-1973</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ՊՏՂՆԻ, 1 Փ., Տ, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>Գազպրոմ Արմենիա ՏրանսԳազ ՍՊԸ Աբովյանի ԳՍՊԿՄ, Ճարտարագետ</x:t>
   </x:si>
   <x:si>
-    <x:t>23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀԱՐՈՒԹՅՈՒՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՀԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՏԱԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>24-02-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 6 ՄԿՐՇ., Շ, 5Ա, 2, </x:t>
   </x:si>
   <x:si>
-    <x:t>24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԵԼՔՈՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՐԻԱՄ</x:t>
   </x:si>
   <x:si>
     <x:t>ԺՈՐԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>04-09-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ԵՐԵՎԱՆՅԱՆ Փ., Շ, 1, 24, </x:t>
   </x:si>
   <x:si>
-    <x:t>25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԶԱՐԳԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆՈՐԱՅՐ</x:t>
   </x:si>
   <x:si>
     <x:t>07-12-1997</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՕԳՈՍՏՈՍԻ 23-Ի Փ., Տ, 1/37/1, </x:t>
   </x:si>
   <x:si>
-    <x:t>26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՐԴԻՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԵՐԳԵՅ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱԼԵՐԻԻ</x:t>
   </x:si>
   <x:si>
     <x:t>28-09-1985</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 8 ՄԿՐՇ., Տ, 38Բ, </x:t>
   </x:si>
   <x:si>
     <x:t>Օնիրա Քլաբ ՍՊԸ, պահակային ծառայող</x:t>
   </x:si>
   <x:si>
     <x:t>34-Ա</x:t>
   </x:si>
   <x:si>
-    <x:t>27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳԱՍՊԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՄԱԼՅԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՄՍՈՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>11-11-1978</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ԳԱՌՆԻԻ Փ., Շ, 2, 45, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> ԱՁ Էդվին Կարապետյան, դաստիարակ</x:t>
   </x:si>
   <x:si>
-    <x:t>28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՐԶՈՒՄԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌԱԶՄԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՍԻԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>09-04-1997</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՌՈՍԻԱՅԻ Փ., Շ, 4, 105, </x:t>
   </x:si>
   <x:si>
-    <x:t>29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀՈՎԱԿԻՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՀՐԱՄ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԵՐՅՈԺԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>26-07-1968</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱՐԱՄՈՒՍ, 5 Փ., Տ, 20, </x:t>
   </x:si>
   <x:si>
     <x:t>36-Ա</x:t>
   </x:si>
   <x:si>
-    <x:t>30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՆԱԼԹԱԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈԶԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՇՈՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>22-04-1991</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՍԵՎԱՆԻ Փ., Շ, 2/5, 5, </x:t>
   </x:si>
   <x:si>
     <x:t>Կոտայքի տարածքային մանկավարժահոգեբանական աջակցության կենտրոն, ուսուցչուհի</x:t>
   </x:si>
   <x:si>
-    <x:t>31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՊԵՏՐՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՍՊՈՒՐԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>01-12-1998</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԿԱՄԱՐԻՍ, 7 Փ., Տ, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>ԱԱԲ Քնսթրաքշն, օպերատոր</x:t>
   </x:si>
   <x:si>
-    <x:t>32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՅԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԱՐԱՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>25-06-1991</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 4 ՄԿՐՇ., Շ, 15, 23, </x:t>
   </x:si>
   <x:si>
     <x:t>ԱՁ Տիգրան Խաչատրյան, վաճառքի մասնագետ</x:t>
   </x:si>
   <x:si>
     <x:t>6-Ա</x:t>
   </x:si>
   <x:si>
-    <x:t>33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԲԱՂԴԱՍԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԵԼԵՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԼԲԵՐՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>14-07-1998</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 2 ՄԿՐՇ., Շ, 8, 79, </x:t>
   </x:si>
   <x:si>
-    <x:t>34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՌԱՔԵԼՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԹԱԹՈՒԼ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԻՄՈՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>04-03-1997</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՀԱՏԻՍԻ  Փ. 4 ՆՐԲ. ՃԱՐՏԱՐԱԳԻՏԱԿԱՆ ՔՈԼԵՋ, ՀԱՆՐԱԿԱՑԱՐԱՆ, 115/3-115/4, </x:t>
   </x:si>
   <x:si>
     <x:t>Թամարա ՍՊԸ, բանվոր</x:t>
   </x:si>
   <x:si>
-    <x:t>35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՖԵԼԻԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄՈՒՇԵՂԻ</x:t>
   </x:si>
   <x:si>
     <x:t>06-10-1988</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 1 Փ., Տ, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>Աբովյանի համայնքային կոմունալ տնտեսության ՀՈԱԿ, տնօրենի ԺՊ</x:t>
   </x:si>
   <x:si>
-    <x:t>36</x:t>
+    <x:t>Արձ.2</x:t>
   </x:si>
   <x:si>
     <x:t>ՄՈՒՐԱԴՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌԻՄԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԹԱԹՈՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>05-12-1988</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՀԱՏԻՍԻ Փ. 1 ԹՂՄ., Տ, 53, </x:t>
   </x:si>
   <x:si>
     <x:t>Աբովյան կրթահամալիր ՊՈԱԿ, ուսուցչուհի</x:t>
   </x:si>
   <x:si>
-    <x:t>37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՌԱԴԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>14-08-1972</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 2 ՄԿՐՇ., Շ, 26, 4, </x:t>
   </x:si>
   <x:si>
     <x:t>ԷՄ ՋԻ Սեքյուրիթի ՍՊ, տնօրեն</x:t>
   </x:si>
   <x:si>
-    <x:t>38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳԱԲՐԻԵԼՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆԵԼՍՈՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՐԱՆՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>27-07-1967</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԳԵՂԱՇԵՆ, 1 ԹՂՄ. 8 Փ., Տ, 4, </x:t>
   </x:si>
   <x:si>
-    <x:t>39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՆՏՈՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍՈՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>24-11-1980</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՌՈՍԻԱՅԻ Փ., Շ, 14, 76, </x:t>
   </x:si>
   <x:si>
     <x:t>Նոր Հաճնի թիվ 3 հիմնական դպրոց, ուսուցչուհի</x:t>
   </x:si>
   <x:si>
-    <x:t>40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀԱՅՐԱՊԵՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՐԻԳՈՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼՅՈՎԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>10-05-1978</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 2 Փ., Տ, 5, </x:t>
   </x:si>
   <x:si>
-    <x:t>41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԽՈՒՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԱՄ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼԻՈՎԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>23-01-1986</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՏԱՐՏՈՒԻ Փ., Շ, 1, 2, </x:t>
   </x:si>
   <x:si>
     <x:t>Ռեալ Գեյմս ՓԲԸ, Անվտանգության ավագ աշխատակից</x:t>
   </x:si>
   <x:si>
-    <x:t>42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՂԱՀՐԱՄԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆՆԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԴԵՐԵՆԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>14-10-2000</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 2 ՄԿՐՇ., Շ, 8, 126, </x:t>
   </x:si>
   <x:si>
-    <x:t>43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳԱԳԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՈՒՐԳԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>07-10-1984</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ԻՆՏԵՐՆԱՑԻՈՆԱԼ Փ., Շ, 6, 27, </x:t>
   </x:si>
   <x:si>
-    <x:t>44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՐՍԵՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈՒԲԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>12-01-1982</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ՎԵՐԻՆ ՊՏՂՆԻ, 2 Փ., Տ, 10, </x:t>
   </x:si>
   <x:si>
-    <x:t>45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀՈՎՀԱՆՆԻՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՏԱԹԵՎԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>12-07-2000</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 4 ՄԿՐՇ., Շ, 16, 31, </x:t>
   </x:si>
   <x:si>
-    <x:t>46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՆԱՐԵԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԲԱՐԵՂԱՄԻ</x:t>
   </x:si>
   <x:si>
     <x:t>22-08-1983</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱՐԱՄՈՒՍ, 1 Փ., Տ, 9, </x:t>
   </x:si>
   <x:si>
     <x:t>Կոտայք գարեջրի գործարան, օպերատոր</x:t>
   </x:si>
   <x:si>
-    <x:t>47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՓԻԼԻՊՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԴՐԵՅ</x:t>
   </x:si>
   <x:si>
     <x:t>ՖՐՈՒՆԶԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>09-06-1977</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ԵՐԻՏԱՍԱՐԴԱԿԱՆ Փ., Շ, 14, 25, </x:t>
   </x:si>
   <x:si>
     <x:t>գ․Արամուս, Վլադիկ Առաքելյանի անվան միջն․ դպրոց, ուսուցիչ</x:t>
   </x:si>
   <x:si>
-    <x:t>48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԽԱՆԱՂՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆՈՒՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ԿՈՐՅՈՒՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>04-02-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 16, 64, </x:t>
   </x:si>
   <x:si>
     <x:t>Ալֆա Ֆարմ ՓԲԸ, դեղագործ</x:t>
   </x:si>
   <x:si>
-    <x:t>49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՆԱԶԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԼԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼԵՎՈՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-07-1993</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ԵՂԲԱՅՐՈՒԹՅԱՆ Փ., Շ, 4, 34, </x:t>
   </x:si>
   <x:si>
     <x:t>Ֆիրմա Նյու ՍՊԸ, Տնօրեն</x:t>
   </x:si>
   <x:si>
-    <x:t>50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԹԵՎԱՏՐՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԼԲԵՐՏ</x:t>
   </x:si>
   <x:si>
     <x:t>16-07-1975</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 13, 95, </x:t>
   </x:si>
   <x:si>
     <x:t>Հայաստանի Շոտոկան Մարտարվեստի Ազգաին Ֆեդերացիայի, Նախագահ</x:t>
   </x:si>
   <x:si>
-    <x:t>51</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳՅՈՒԼԻՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԵՆԵՐԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՏԱՎԱԶԴԻ</x:t>
   </x:si>
   <x:si>
     <x:t>11-11-1962</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 45, 14, </x:t>
   </x:si>
   <x:si>
     <x:t>Գագիկ Ծառուկյանի անվան սպորտի և մշակույթի համալիր կենտրոն ՀՈԱԿ, մեթոդիստ</x:t>
   </x:si>
   <x:si>
-    <x:t>52</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԴԱՎԹՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌԱԶՄԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>26-10-1976</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 4 ՄԿՐՇ., Շ, 63, 4, </x:t>
   </x:si>
   <x:si>
     <x:t>Էմ Ջի սեքյուրիթի ՍՊԸ, անվտանգության աշխատակից</x:t>
   </x:si>
   <x:si>
-    <x:t>53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳԵՎՈՐԳՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՐԳԻՍ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈԲԵՐՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>22-01-1973</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ԵՂԲԱՅՐՈՒԹՅԱՆ Փ., Շ, 1, 17, </x:t>
   </x:si>
   <x:si>
     <x:t>Մուլտի Գրուպ Սթոուն, պահակապետ</x:t>
   </x:si>
   <x:si>
-    <x:t>54</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12-08-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԳԵՂԱՇԵՆ, 5 Փ. 1 ՆՐԲ., Տ, 5, </x:t>
   </x:si>
   <x:si>
-    <x:t>55</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍԱՐԻԲԵԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԳԻՇՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>12-10-1988</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 16, 40, </x:t>
   </x:si>
   <x:si>
     <x:t>Ռեալ Գեյմս ՓԲԸ, սննդի սպասարկման բաժնի հերթափոխի</x:t>
   </x:si>
   <x:si>
-    <x:t>56</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԶԱՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԵՐՅՈԺԱ</x:t>
   </x:si>
   <x:si>
     <x:t>17-03-1987</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ՄԱՅԱԿՈՎՍԿԻ, 1 Փ., Տ, 23, </x:t>
   </x:si>
   <x:si>
-    <x:t>57</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍԱՀԱԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՍՏՂԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>25-01-1996</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 7 Փ., Տ, 11, </x:t>
   </x:si>
   <x:si>
     <x:t>Սմարթ Բեթ ՍՊԸ, համակարգող</x:t>
   </x:si>
   <x:si>
-    <x:t>58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳԵՂԱՄԻ</x:t>
   </x:si>
   <x:si>
     <x:t>16-10-1970</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 Փ., Տ, 5, </x:t>
   </x:si>
   <x:si>
-    <x:t>59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՆԻԿՈՂՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՐԱՅՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱՐԵԳԻՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>29-01-1957</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱՐԱՄՈՒՍ, 3 Փ., Տ, 50, </x:t>
   </x:si>
   <x:si>
     <x:t>ՀՀ ազգային օլիմպիական կոմիտե ՀԿ Ծաղկաձորի ճոպանուղի մասնաճ․, պահեստապետ</x:t>
   </x:si>
   <x:si>
-    <x:t>60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԵՐԻՑՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼԻԱՆԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԻՔԱՅԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>15-10-1998</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 2 ՄԿՐՇ., Շ, 24, 26, </x:t>
   </x:si>
   <x:si>
     <x:t>Ռոս Տելեկոմ, հաճախորդների սպասարկման մասնագետ</x:t>
   </x:si>
   <x:si>
-    <x:t>61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՂՈՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱՐԵԳԻՆ</x:t>
   </x:si>
   <x:si>
     <x:t>03-04-1983</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԳԵՏԱՐԳԵԼ, Հ. ՎԵՐԴՅԱՆ Փ., Տ, 12, </x:t>
   </x:si>
   <x:si>
     <x:t>Մուլտի Մոթորս, Գլոբալ Մոթրս,Մեգա Մոթրս, արտադրության պետ</x:t>
   </x:si>
   <x:si>
-    <x:t>62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԵՂԻԱԶԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՐԱՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ԶՈՐԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>25-07-1986</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԿԱՄԱՐԻՍ, 7 Փ., Տ, 51, </x:t>
   </x:si>
   <x:si>
-    <x:t>63</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՏԱՇՉՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱԹԵՆԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՆԱՍԱՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>30-07-1962</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ՊՏՂՆԻ, 1 Փ. 3 ՆՐԲ., Տ, 4, </x:t>
   </x:si>
   <x:si>
     <x:t>Գ, Պտղնի միջն,դպրոց, ուսուցիչ</x:t>
   </x:si>
   <x:si>
-    <x:t>64</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԱՐԴԿԵՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>20-12-1979</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱՌԻՆՋ, 1 Փ., Տ, 33, </x:t>
   </x:si>
   <x:si>
     <x:t>Ք,Երեվան Աճառյան 1 ՃԿՊ Ակադեմիա, դասախոս</x:t>
   </x:si>
   <x:si>
-    <x:t>65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՂԱՋԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՆԵԼ</x:t>
   </x:si>
   <x:si>
     <x:t>09-02-1994</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲԱԼԱՀՈՎԻՏ, ԼԵՎՈՆ ԱՎԵՏԻՍՅԱՆ Փ. 1 ՆՐԲ., Տ, 15, </x:t>
   </x:si>
   <x:si>
     <x:t>Կարտոն Պրինտինգ, հաստոցների գլխավոր օպերատոր</x:t>
   </x:si>
   <x:si>
-    <x:t>66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳՐԻԳՈՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼԻԼԻԹ</x:t>
   </x:si>
   <x:si>
     <x:t>23-11-1984</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 45, 25, </x:t>
   </x:si>
   <x:si>
     <x:t>Վագ Տրանս ՍՊԸ , համակարգչային օպերատոր /GPS վերա</x:t>
   </x:si>
   <x:si>
-    <x:t>67</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳԱԼՍՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԿԱՐԵՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՆՎԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>07-09-1977</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԳԵՏԱՐԳԵԼ, Հ. ՎԵՐԴՅԱՆ Փ., Շ, 9, 3, </x:t>
   </x:si>
   <x:si>
-    <x:t>68</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԱՀԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԱՄԻ</x:t>
   </x:si>
   <x:si>
     <x:t>02-08-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲԱԼԱՀՈՎԻՏ, ԼԵՎՈՆ ԱՎԵՏԻՍՅԱՆ Փ., ՀԱՆՐԱԿԱՑԱՐԱՆ, 61, 207, </x:t>
   </x:si>
   <x:si>
     <x:t>Մերգելյան ինստիտուտ, ինժեներ</x:t>
   </x:si>
   <x:si>
-    <x:t>69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՆՆԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՐԱԶԴԱՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>05-01-1961</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ՎԵՐԻՆ ՊՏՂՆԻ, 1 Փ., Տ, 54, </x:t>
   </x:si>
   <x:si>
     <x:t>Վերին Պտղնի միջն,դպրոց, ուսուցիչ</x:t>
   </x:si>
   <x:si>
-    <x:t>70</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀԱՄԲԱՐՁՈՒՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԺԻՐԱՅՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>09-09-1975</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱՌԻՆՋ, 25 Փ., Տ, 13, </x:t>
   </x:si>
   <x:si>
-    <x:t>71</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԶԻԶԲԵԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԻԿՏՈՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌԱՖԱՅԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>12-06-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ՊՏՂՆԻ, 1 Փ., Տ, 44, </x:t>
   </x:si>
   <x:si>
     <x:t>Մուլտի Լեոն գազալցակայան, օպերատոր լիցքավորող</x:t>
   </x:si>
   <x:si>
-    <x:t>72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԼԱԼԱՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՇԽԵՆ</x:t>
   </x:si>
   <x:si>
     <x:t>28-07-1988</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 28, 8, </x:t>
   </x:si>
   <x:si>
-    <x:t>73</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍԱՐԳՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՈՎՀԱՆՆԵՍ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄՈՒՔԱԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-01-1994</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԿԱՄԱՐԻՍ, 7 Փ., Տ, 59, </x:t>
   </x:si>
   <x:si>
-    <x:t>74</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԲԱՐՍԵՂՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՍԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍՊԱՐՏԱԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>04-07-1972</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԿԱԹՆԱՂԲՅՈՒՐ, 1 Փ., Տ, 27, </x:t>
   </x:si>
   <x:si>
-    <x:t>75</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԱՐԴԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԵՎԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆՈՐԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>03-02-1972</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 2 ՄԿՐՇ., Շ, 30, 20, </x:t>
   </x:si>
   <x:si>
     <x:t>Աբովյանի կրթահամալիր ՊՈԱԿ, համակարգչային օպերատոր</x:t>
   </x:si>
   <x:si>
-    <x:t>76</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԱՐՈՒԺԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>26-06-1978</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲԱԼԱՀՈՎԻՏ, 9 Փ. 2 ՓԿՂ., Տ, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>Ոստան ՍՊԸ, տնօրեն</x:t>
   </x:si>
   <x:si>
-    <x:t>77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՐՏԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՖԵՐԵԴԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>16-03-1975</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 20, 25, </x:t>
   </x:si>
   <x:si>
-    <x:t>78</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08-05-1977</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 3 ՄԿՐՇ., Շ, 45, 27, </x:t>
   </x:si>
   <x:si>
     <x:t>Էմ Փի Քլինինգ Սերվիս ՍՊԸ, մենեջեր</x:t>
   </x:si>
   <x:si>
-    <x:t>79</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԵՀՐԲԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՌԼԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>04-12-1986</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, ՀԱՆՐԱՊԵՏՈՒԹՅԱՆ Փ., Շ, 3, 17, </x:t>
   </x:si>
   <x:si>
-    <x:t>80</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07-01-1999</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԿԱՄԱՐԻՍ, 5 Փ., Տ, 9, </x:t>
   </x:si>
   <x:si>
     <x:t>Անհատ Ձեռնարկատեր</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>81</x:t>
   </x:si>
   <x:si>
     <x:t>ԲԵՆԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>15-12-1999</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԱԲՈՎՅԱՆ, 4 ՄԿՐՇ., Շ, 40, 11, </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="@"/>
+    <x:numFmt numFmtId="164" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="10"/>
       <x:color rgb="FF000000"/>
       <x:name val="GHEA Grapalat"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:strike/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1632,81 +1395,81 @@
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1983,2803 +1746,2719 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="40.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.710625" style="0" customWidth="1"/>
     <x:col min="9" max="10" width="30.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="B1" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:10" s="1" customFormat="1">
       <x:c r="A2" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B2" s="4" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J2" s="4" t="s"/>
+      <x:c r="B2" s="4"/>
+      <x:c r="C2" s="4"/>
+      <x:c r="D2" s="4"/>
+      <x:c r="E2" s="4"/>
+      <x:c r="F2" s="4"/>
+      <x:c r="G2" s="4"/>
+      <x:c r="H2" s="4"/>
+      <x:c r="I2" s="4"/>
+      <x:c r="J2" s="4"/>
     </x:row>
     <x:row r="3" spans="1:10" s="1" customFormat="1">
       <x:c r="A3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B3" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J3" s="1" t="s"/>
     </x:row>
     <x:row r="4" spans="1:10" s="1" customFormat="1">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" s="2" customFormat="1">
-      <x:c r="A5" s="2" t="s">
+      <x:c r="A5" s="2">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B5" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="B5" s="2" t="s">
+      <x:c r="C5" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="C5" s="2" t="s">
+      <x:c r="D5" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="D5" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E5" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F5" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F5" s="2" t="s">
+      <x:c r="G5" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H5" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G5" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H5" s="2" t="s">
+      <x:c r="I5" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="I5" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J5" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:10" s="3" customFormat="1">
+      <x:c r="A6" s="3">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A6" s="2" t="s">
+      <x:c r="C6" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B6" s="2" t="s">
+      <x:c r="D6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="C6" s="2" t="s">
+      <x:c r="E6" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="D6" s="2" t="s">
+      <x:c r="G6" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="E6" s="2" t="s">
+      <x:c r="I6" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J6" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:10" s="3" customFormat="1">
+      <x:c r="A7" s="3">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E7" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F7" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H7" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I7" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J7" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:10" s="3" customFormat="1">
+      <x:c r="A8" s="3">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:10" s="2" customFormat="1">
+      <x:c r="A9" s="2">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="I9" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="J9" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:10" s="3" customFormat="1">
+      <x:c r="A10" s="3">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:10" s="3" customFormat="1">
+      <x:c r="A11" s="3">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:10" s="3" customFormat="1">
+      <x:c r="A12" s="3">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:10" s="2" customFormat="1">
+      <x:c r="A13" s="2">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B13" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D13" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E13" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F13" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G13" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H13" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I13" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J13" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:10" s="3" customFormat="1">
+      <x:c r="A14" s="3">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:10" s="3" customFormat="1">
+      <x:c r="A15" s="3">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:10" s="3" customFormat="1">
+      <x:c r="A16" s="3">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:10" s="3" customFormat="1">
+      <x:c r="A17" s="3">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J17" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:10" s="3" customFormat="1">
+      <x:c r="A18" s="3">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="s">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:10" s="2" customFormat="1">
+      <x:c r="A19" s="2">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B19" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C19" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D19" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E19" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F19" s="2" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G19" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H19" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="I19" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J19" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:10" s="3" customFormat="1">
+      <x:c r="A20" s="3">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F20" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H20" s="3" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="I20" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J20" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:10" s="3" customFormat="1">
+      <x:c r="A21" s="3">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F6" s="2" t="s">
+      <x:c r="B21" s="3" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:10" s="2" customFormat="1">
+      <x:c r="A22" s="2">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B22" s="2" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C22" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D22" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E22" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F22" s="2" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="G22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H22" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="I22" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J22" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:10" s="3" customFormat="1">
+      <x:c r="A23" s="3">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D23" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E23" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F23" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H23" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="I23" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="J23" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:10" s="2" customFormat="1">
+      <x:c r="A24" s="2">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B24" s="2" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C24" s="2" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D24" s="2" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="E24" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F24" s="2" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="G24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H24" s="2" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="I24" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J24" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:10" s="3" customFormat="1">
+      <x:c r="A25" s="3">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E25" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F25" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H25" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I25" s="3" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J25" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:10" s="3" customFormat="1">
+      <x:c r="A26" s="3">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F26" s="3" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="I26" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J26" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:10" s="2" customFormat="1">
+      <x:c r="A27" s="2">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B27" s="2" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C27" s="2" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D27" s="2" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E27" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F27" s="2" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G27" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H27" s="2" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I27" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J27" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:10" s="3" customFormat="1">
+      <x:c r="A28" s="3">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D28" s="3" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E28" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F28" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H28" s="3" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="I28" s="3" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J28" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:10" s="2" customFormat="1">
+      <x:c r="A29" s="2">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B29" s="2" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C29" s="2" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D29" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E29" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F29" s="2" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="G29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H29" s="2" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I29" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J29" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:10" s="3" customFormat="1">
+      <x:c r="A30" s="3">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="G6" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H6" s="2" t="s">
+      <x:c r="B30" s="3" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F30" s="3" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H30" s="3" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I30" s="3" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J30" s="3" t="s">
+        <x:v>163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:10" s="2" customFormat="1">
+      <x:c r="A31" s="2">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="I6" s="2" t="s">
+      <x:c r="B31" s="2" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C31" s="2" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D31" s="2" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E31" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F31" s="2" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G31" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H31" s="2" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="I31" s="2" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="J31" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:10" s="3" customFormat="1">
+      <x:c r="A32" s="3">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="J6" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A7" s="3" t="s">
+      <x:c r="B32" s="3" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J32" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:10" s="3" customFormat="1">
+      <x:c r="A33" s="3">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="3" t="s">
+      <x:c r="B33" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="I33" s="3" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J33" s="3" t="s">
+        <x:v>180</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:10" s="3" customFormat="1">
+      <x:c r="A34" s="3">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="D7" s="3" t="s">
+      <x:c r="B34" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D34" s="3" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E34" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F34" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="G34" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H34" s="3" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="I34" s="3" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="J34" s="3" t="s">
+        <x:v>180</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:10" s="3" customFormat="1">
+      <x:c r="A35" s="3">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E7" s="3" t="s">
+      <x:c r="B35" s="3" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H35" s="3" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="I35" s="3" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J35" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:10" s="3" customFormat="1">
+      <x:c r="A36" s="3">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="F7" s="3" t="s">
+      <x:c r="B36" s="3" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D36" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E36" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F36" s="3" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="G36" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H36" s="3" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="J36" s="3" t="s">
+        <x:v>198</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:10" s="3" customFormat="1">
+      <x:c r="A37" s="3">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="G7" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H7" s="3" t="s">
+      <x:c r="B37" s="3" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E37" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F37" s="3" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="G37" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H37" s="3" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I37" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J37" s="3" t="s">
+        <x:v>198</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:10" s="2" customFormat="1">
+      <x:c r="A38" s="2">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="I7" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="J7" s="3" t="s">
+      <x:c r="B38" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C38" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D38" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E38" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F38" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="G38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H38" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="I38" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J38" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:10" s="3" customFormat="1">
+      <x:c r="A39" s="3">
         <x:v>35</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="3" t="s">
+      <x:c r="B39" s="3" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F39" s="3" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H39" s="3" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="I39" s="3" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="J39" s="3" t="s">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:10" s="2" customFormat="1">
+      <x:c r="A40" s="2">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="B40" s="2" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C40" s="2" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D40" s="2" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E40" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F40" s="2" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="G40" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H40" s="2" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="I40" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="J40" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:10" s="3" customFormat="1">
+      <x:c r="A41" s="3">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="B41" s="3" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D41" s="3" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E41" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F41" s="3" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H41" s="3" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="I41" s="3" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="J41" s="3" t="s">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:10" s="2" customFormat="1">
+      <x:c r="A42" s="2">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="B42" s="2" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C42" s="2" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D42" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E42" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F42" s="2" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="G42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H42" s="2" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="I42" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J42" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:10" s="2" customFormat="1">
+      <x:c r="A43" s="2">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="F8" s="3" t="s">
+      <x:c r="B43" s="2" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C43" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D43" s="2" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E43" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F43" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="G43" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H43" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="I43" s="2" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="J43" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:10" s="2" customFormat="1">
+      <x:c r="A44" s="2">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G8" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H8" s="3" t="s">
+      <x:c r="B44" s="2" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C44" s="2" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D44" s="2" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E44" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F44" s="2" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="G44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H44" s="2" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="I44" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J44" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:10" s="2" customFormat="1">
+      <x:c r="A45" s="2">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="I8" s="3" t="s">
+      <x:c r="B45" s="2" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C45" s="2" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D45" s="2" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E45" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F45" s="2" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="G45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H45" s="2" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="I45" s="2" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="J45" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:10" s="2" customFormat="1">
+      <x:c r="A46" s="2">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="J8" s="3" t="s">
+      <x:c r="B46" s="2" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C46" s="2" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D46" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E46" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F46" s="2" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="G46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H46" s="2" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="I46" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J46" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:10" s="2" customFormat="1">
+      <x:c r="A47" s="2">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="2" t="s">
+      <x:c r="B47" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C47" s="2" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D47" s="2" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E47" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F47" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="G47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H47" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="I47" s="2" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J47" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:10" s="2" customFormat="1">
+      <x:c r="A48" s="2">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="B9" s="2" t="s">
+      <x:c r="B48" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C48" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D48" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E48" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F48" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="G48" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H48" s="2" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="I48" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J48" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:10" s="2" customFormat="1">
+      <x:c r="A49" s="2">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="C9" s="2" t="s">
+      <x:c r="B49" s="2" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C49" s="2" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D49" s="2" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E49" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F49" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="G49" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H49" s="2" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="I49" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J49" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:10" s="2" customFormat="1">
+      <x:c r="A50" s="2">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="D9" s="2" t="s">
+      <x:c r="B50" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C50" s="2" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D50" s="2" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E50" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F50" s="2" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="G50" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H50" s="2" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="I50" s="2" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="J50" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:10" s="2" customFormat="1">
+      <x:c r="A51" s="2">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="E9" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F9" s="2" t="s">
+      <x:c r="B51" s="2" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C51" s="2" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D51" s="2" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E51" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F51" s="2" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="G51" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H51" s="2" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="I51" s="2" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J51" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:10" s="2" customFormat="1">
+      <x:c r="A52" s="2">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="G9" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="2" t="s">
+      <x:c r="B52" s="2" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C52" s="2" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D52" s="2" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E52" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F52" s="2" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="G52" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H52" s="2" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="I52" s="2" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="J52" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:10" s="2" customFormat="1">
+      <x:c r="A53" s="2">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="I9" s="2" t="s">
+      <x:c r="B53" s="2" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C53" s="2" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D53" s="2" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E53" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F53" s="2" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="G53" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H53" s="2" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="I53" s="2" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="J53" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:10" s="2" customFormat="1">
+      <x:c r="A54" s="2">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="J9" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A10" s="3" t="s">
+      <x:c r="B54" s="2" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C54" s="2" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D54" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E54" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F54" s="2" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="G54" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H54" s="2" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I54" s="2" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J54" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:10" s="2" customFormat="1">
+      <x:c r="A55" s="2">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="B55" s="2" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C55" s="2" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D55" s="2" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E55" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F55" s="2" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="G55" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H55" s="2" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="I55" s="2" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="J55" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:10" s="2" customFormat="1">
+      <x:c r="A56" s="2">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C10" s="3" t="s">
+      <x:c r="B56" s="2" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C56" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D56" s="2" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E56" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F56" s="2" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="G56" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H56" s="2" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="I56" s="2" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="J56" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:10" s="2" customFormat="1">
+      <x:c r="A57" s="2">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D10" s="3" t="s">
+      <x:c r="B57" s="2" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C57" s="2" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D57" s="2" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E57" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F57" s="2" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="G57" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H57" s="2" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="I57" s="2" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="J57" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:10" s="2" customFormat="1">
+      <x:c r="A58" s="2">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E10" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="F10" s="3" t="s">
+      <x:c r="B58" s="2" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C58" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D58" s="2" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E58" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F58" s="2" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="G58" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H58" s="2" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="I58" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J58" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:10" s="2" customFormat="1">
+      <x:c r="A59" s="2">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G10" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="3" t="s">
+      <x:c r="B59" s="2" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C59" s="2" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D59" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E59" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F59" s="2" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="G59" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H59" s="2" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="I59" s="2" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J59" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:10" s="2" customFormat="1">
+      <x:c r="A60" s="2">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="I10" s="3" t="s">
+      <x:c r="B60" s="2" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C60" s="2" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D60" s="2" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E60" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F60" s="2" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="G60" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H60" s="2" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="I60" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J60" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:10" s="2" customFormat="1">
+      <x:c r="A61" s="2">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="J10" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A11" s="3" t="s">
+      <x:c r="B61" s="2" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C61" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D61" s="2" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E61" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F61" s="2" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="G61" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H61" s="2" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="I61" s="2" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="J61" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:10" s="2" customFormat="1">
+      <x:c r="A62" s="2">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="B11" s="3" t="s">
+      <x:c r="B62" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C62" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D62" s="2" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E62" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F62" s="2" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G62" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H62" s="2" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="I62" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J62" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:10" s="2" customFormat="1">
+      <x:c r="A63" s="2">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C11" s="3" t="s">
+      <x:c r="B63" s="2" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C63" s="2" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D63" s="2" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E63" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F63" s="2" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="G63" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H63" s="2" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="I63" s="2" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="J63" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:10" s="2" customFormat="1">
+      <x:c r="A64" s="2">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D11" s="3" t="s">
+      <x:c r="B64" s="2" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C64" s="2" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D64" s="2" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E64" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F64" s="2" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="G64" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H64" s="2" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="I64" s="2" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="J64" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:10" s="2" customFormat="1">
+      <x:c r="A65" s="2">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="E11" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="F11" s="3" t="s">
+      <x:c r="B65" s="2" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C65" s="2" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D65" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E65" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F65" s="2" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="G65" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H65" s="2" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="I65" s="2" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="J65" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:10" s="2" customFormat="1">
+      <x:c r="A66" s="2">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G11" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="3" t="s">
+      <x:c r="B66" s="2" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C66" s="2" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D66" s="2" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E66" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F66" s="2" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="G66" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H66" s="2" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="I66" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J66" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:10" s="2" customFormat="1">
+      <x:c r="A67" s="2">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="I11" s="3" t="s">
+      <x:c r="B67" s="2" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C67" s="2" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D67" s="2" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="E67" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F67" s="2" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="G67" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H67" s="2" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="I67" s="2" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="J67" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:10" s="2" customFormat="1">
+      <x:c r="A68" s="2">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="J11" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A12" s="3" t="s">
+      <x:c r="B68" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C68" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D68" s="2" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E68" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F68" s="2" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="G68" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H68" s="2" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="I68" s="2" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="J68" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:10" s="2" customFormat="1">
+      <x:c r="A69" s="2">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="B69" s="2" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C69" s="2" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D69" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E69" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F69" s="2" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="G69" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H69" s="2" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="I69" s="2" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="J69" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:10" s="2" customFormat="1">
+      <x:c r="A70" s="2">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C12" s="3" t="s">
+      <x:c r="B70" s="2" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C70" s="2" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D70" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E70" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F70" s="2" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="G70" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H70" s="2" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="I70" s="2" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="J70" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:10" s="2" customFormat="1">
+      <x:c r="A71" s="2">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D12" s="3" t="s">
+      <x:c r="B71" s="2" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C71" s="2" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D71" s="2" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="E71" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F71" s="2" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="G71" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H71" s="2" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="I71" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J71" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:10" s="2" customFormat="1">
+      <x:c r="A72" s="2">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="E12" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="F12" s="3" t="s">
+      <x:c r="B72" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C72" s="2" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D72" s="2" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E72" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F72" s="2" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="G72" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H72" s="2" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="I72" s="2" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="J72" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:10" s="2" customFormat="1">
+      <x:c r="A73" s="2">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G12" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="3" t="s">
+      <x:c r="B73" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C73" s="2" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D73" s="2" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E73" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F73" s="2" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="G73" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H73" s="2" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="I73" s="2" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="J73" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:10" s="2" customFormat="1">
+      <x:c r="A74" s="2">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="I12" s="3" t="s">
+      <x:c r="B74" s="2" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C74" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D74" s="2" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E74" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F74" s="2" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="G74" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H74" s="2" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="I74" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J74" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:10" s="2" customFormat="1">
+      <x:c r="A75" s="2">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="J12" s="3" t="s">
+      <x:c r="B75" s="2" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C75" s="2" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D75" s="2" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E75" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F75" s="2" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="G75" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H75" s="2" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="I75" s="2" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="J75" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:10" s="2" customFormat="1">
+      <x:c r="A76" s="2">
         <x:v>72</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="2" t="s">
+      <x:c r="B76" s="2" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C76" s="2" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D76" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E76" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F76" s="2" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="G76" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H76" s="2" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="I76" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J76" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:10" s="2" customFormat="1">
+      <x:c r="A77" s="2">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B13" s="2" t="s">
+      <x:c r="B77" s="2" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C77" s="2" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D77" s="2" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E77" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F77" s="2" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="G77" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H77" s="2" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="I77" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J77" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:10" s="2" customFormat="1">
+      <x:c r="A78" s="2">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C13" s="2" t="s">
+      <x:c r="B78" s="2" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C78" s="2" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D78" s="2" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E78" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F78" s="2" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="G78" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H78" s="2" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="I78" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J78" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:10" s="2" customFormat="1">
+      <x:c r="A79" s="2">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D13" s="2" t="s">
+      <x:c r="B79" s="2" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C79" s="2" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D79" s="2" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E79" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F79" s="2" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="G79" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H79" s="2" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="I79" s="2" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="J79" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:10" s="2" customFormat="1">
+      <x:c r="A80" s="2">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E13" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F13" s="2" t="s">
+      <x:c r="B80" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C80" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D80" s="2" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E80" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F80" s="2" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="G80" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H80" s="2" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="I80" s="2" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="J80" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:10" s="2" customFormat="1">
+      <x:c r="A81" s="2">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G13" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="2" t="s">
+      <x:c r="B81" s="2" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C81" s="2" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D81" s="2" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E81" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F81" s="2" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="G81" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H81" s="2" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="I81" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J81" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:10" s="2" customFormat="1">
+      <x:c r="A82" s="2">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="I13" s="2" t="s">
+      <x:c r="B82" s="2" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C82" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D82" s="2" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E82" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F82" s="2" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="G82" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H82" s="2" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="I82" s="2" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="J82" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:10" s="2" customFormat="1">
+      <x:c r="A83" s="2">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="J13" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A14" s="3" t="s">
+      <x:c r="B83" s="2" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C83" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D83" s="2" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E83" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F83" s="2" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="G83" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H83" s="2" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="I83" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J83" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:10" s="2" customFormat="1">
+      <x:c r="A84" s="2">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="B14" s="3" t="s">
+      <x:c r="B84" s="2" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C84" s="2" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D84" s="2" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E84" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F84" s="2" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="G84" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H84" s="2" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="I84" s="2" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="J84" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:10" s="2" customFormat="1">
+      <x:c r="A85" s="2">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C14" s="3" t="s">
-[...113 lines deleted...]
-      <x:c r="I17" s="3" t="s">
+      <x:c r="B85" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="J17" s="3" t="s">
-[...1331 lines deleted...]
-      <x:c r="F59" s="2" t="s">
+      <x:c r="C85" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="G59" s="2" t="s">
-[...357 lines deleted...]
-      <x:c r="I70" s="2" t="s">
+      <x:c r="D85" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="J70" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A71" s="2" t="s">
+      <x:c r="E85" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F85" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="B71" s="2" t="s">
+      <x:c r="G85" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H85" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="C71" s="2" t="s">
-[...464 lines deleted...]
-      </x:c>
       <x:c r="I85" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J85" s="2" t="s">
-        <x:v>21</x:v>
-[...73 lines deleted...]
-    </x:row>
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="87" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="88" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="89" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="90" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="91" spans="1:10" s="2" customFormat="1"/>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="landscape" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>Թեկնածուներ</vt:lpstr>
+      <vt:lpstr>Թեկնածուներ!Print_Area</vt:lpstr>
+      <vt:lpstr>Թեկնածուներ!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
-  <ap:TitlesOfParts>
-[...5 lines deleted...]
-  </ap:TitlesOfParts>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>