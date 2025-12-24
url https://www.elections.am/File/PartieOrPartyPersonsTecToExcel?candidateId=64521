--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8ec55a5bf444512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da0064b14d98419ea878cd0e29d537ca.psmdcp" Id="Ra0eea00462414ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf7a3a416a14aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58eac6015c7c4ff6ab478f4c5ff28052.psmdcp" Id="Rff2eba3602fe487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՆՐԱՊԵՏՈՒԹՅՈՒՆ ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>