--- v1 (2025-12-24)
+++ v2 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf7a3a416a14aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58eac6015c7c4ff6ab478f4c5ff28052.psmdcp" Id="Rff2eba3602fe487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f180ad20f22410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48e349d42c244261984cf6e67e7f75fd.psmdcp" Id="R1f4caa268b744054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՆՐԱՊԵՏՈՒԹՅՈՒՆ ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>