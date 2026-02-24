--- v0 (2025-12-20)
+++ v1 (2026-02-24)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76c9a6dd7000468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95c26a88fc7e4e66b74e811d1b6a96b9.psmdcp" Id="R1e5e8e9983c54dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ab0dac34de4df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4041a0030b0a4a848db9a7178d8f6a67.psmdcp" Id="R29f965c89e6243ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="462" uniqueCount="462">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="466">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՔԱՂԱՔԱՑԻԱԿԱՆ ՊԱՅՄԱՆԱԳԻՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t>05.12.2021	Արարատ - Արտաշատ</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
@@ -250,50 +250,53 @@
   <x:si>
     <x:t xml:space="preserve"> N47-Ա</x:t>
   </x:si>
   <x:si>
     <x:t>9</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՐԻԳՈՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՄԱԼՅԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԼԵՔՍԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>25-09-1967</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐԱՐԱՏ, ԱՐՏԱՇԱՏ, ՄՅԱՍՆԻԿՅԱՆ Փ., Տ, 33/2, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;&lt;Արտաշատ քաղաքի,Հայկ Կտրակյանի անվան 3-րդ հիմնական դպրոց&gt;&gt; ՊՈԱԿ-ի տնօրեն, </x:t>
   </x:si>
   <x:si>
+    <x:t>արձ.1</x:t>
+  </x:si>
+  <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՈՎՀԱՆՆԻՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՈՌ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՐՈՒԹՅՈՒՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>14-07-1988</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐԱՐԱՏ, ԱՐՏԱՇԱՏ, ՇԱՀՈՒՄՅԱՆ Փ., Շ, 36, 43, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Արարարատի մարզպետարանում մարզպետի տեղակալի օգնական, </x:t>
   </x:si>
   <x:si>
     <x:t>N47-Ա</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
@@ -679,111 +682,120 @@
   <x:si>
     <x:t xml:space="preserve">&lt;&lt;Արտաշատի Արարատ Գոլեցյանի անվան թիվ 1 հիմնական դպրոց&gt;&gt; ՊՈԱԿ  ուսուցչի օգնական, </x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t>ՉՈԲԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԷԴՈՒԱՐԴ</x:t>
   </x:si>
   <x:si>
     <x:t>ԽԱՉԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>07-04-1978</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐԱՐԱՏ, ՆՈՐԱՇԵՆ, Ն. ՍՏԵՓԱՆՅԱՆ Փ., Տ, 34, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Արարատի մարզի,Նորաշեն համայնքի ղեկավարի  տեղակալ, </x:t>
   </x:si>
   <x:si>
+    <x:t>2-Ա</x:t>
+  </x:si>
+  <x:si>
     <x:t>32</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՐԴԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՏԻԳՐԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԵՆՐԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>05-09-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐԱՐԱՏ, ԲԵՐՔԱՆՈՒՇ, Ա. ՄԻԿՈՅԱՆ Փ., Տ, 4, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Անհատ ձեռնարկատեր, </x:t>
   </x:si>
   <x:si>
+    <x:t>3-Ա</x:t>
+  </x:si>
+  <x:si>
     <x:t>33</x:t>
   </x:si>
   <x:si>
     <x:t>ԿԱՐԱՊԵՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՓԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԻՇԽԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>16-05-1974</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐԱՐԱՏ, Գ.ՄԱՍԻՍ, 1 Փ., Տ, 9, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Արարատի մարզի,Մասիս համայնքի աշխատակազմի քարտուղար, </x:t>
   </x:si>
   <x:si>
     <x:t>34</x:t>
   </x:si>
   <x:si>
     <x:t>ԹԱՐՎԵՐԴՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՀԱԳՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՐԻԳՈՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>19-09-1980</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐԱՐԱՏ, ԲՈՒՐԱՍՏԱՆ, Ա. ԽԱՉԱՏՐՅԱՆ Փ., ՀՈՂ, 9, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;&lt;Արտաշատ&gt;&gt; ՋՕԸ  Բուրաստան պոմպակայանի պոմպավար, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Ա</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՐԱՆՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՄԼԵՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>04-10-1970</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐԱՐԱՏ, ԱԶԱՏԱՎԱՆ, ԿԱՄՈՅԻ Փ., Տ, 32, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Էլեկտրոցանցի &lt;&lt;Արաքս&gt;&gt; մասնաճյուղի &lt;&lt;Մխչյան 1&gt;&gt; հերթապահ, </x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԺԵԼԱ</x:t>
   </x:si>
@@ -2150,2061 +2162,2061 @@
       <x:c r="C12" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:10" s="2" customFormat="1">
-      <x:c r="A13" s="2" t="s">
+    <x:row r="13" spans="1:10" s="3" customFormat="1">
+      <x:c r="A13" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B13" s="2" t="s">
+      <x:c r="B13" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C13" s="2" t="s">
+      <x:c r="C13" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D13" s="2" t="s">
+      <x:c r="D13" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E13" s="2" t="s">
+      <x:c r="E13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="F13" s="2" t="s">
+      <x:c r="F13" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G13" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="2" t="s">
+      <x:c r="G13" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="I13" s="2" t="s">
+      <x:c r="I13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="J13" s="2" t="s">
-        <x:v>21</x:v>
+      <x:c r="J13" s="3" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" s="3" customFormat="1">
       <x:c r="A14" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J14" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" s="3" customFormat="1">
       <x:c r="A15" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J15" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" s="2" customFormat="1">
       <x:c r="A16" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B16" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E16" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F16" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G16" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H16" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I16" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" s="2" customFormat="1">
       <x:c r="A17" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D17" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F17" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G17" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H17" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J17" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" s="2" customFormat="1">
       <x:c r="A18" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H18" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J18" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" s="2" customFormat="1">
       <x:c r="A19" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C19" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D19" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E19" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F19" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H19" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J19" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" s="3" customFormat="1">
       <x:c r="A20" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F20" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J20" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" s="3" customFormat="1">
       <x:c r="A21" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F21" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J21" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" s="2" customFormat="1">
       <x:c r="A22" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C22" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E22" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F22" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I22" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" s="2" customFormat="1">
       <x:c r="A23" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C23" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D23" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E23" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F23" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G23" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H23" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I23" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J23" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" s="2" customFormat="1">
       <x:c r="A24" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B24" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C24" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D24" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E24" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F24" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G24" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H24" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I24" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J24" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" s="2" customFormat="1">
       <x:c r="A25" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C25" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D25" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E25" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F25" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G25" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H25" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I25" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J25" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" s="3" customFormat="1">
       <x:c r="A26" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H26" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I26" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J26" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" s="2" customFormat="1">
       <x:c r="A27" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B27" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C27" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D27" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E27" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F27" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G27" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H27" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I27" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J27" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" s="2" customFormat="1">
       <x:c r="A28" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B28" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C28" s="2" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D28" s="2" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E28" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F28" s="2" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G28" s="2" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H28" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I28" s="2" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J28" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" s="2" customFormat="1">
       <x:c r="A29" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B29" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C29" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D29" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E29" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F29" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H29" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I29" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J29" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" s="2" customFormat="1">
       <x:c r="A30" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H30" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I30" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J30" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" s="3" customFormat="1">
       <x:c r="A31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J31" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" s="3" customFormat="1">
       <x:c r="A32" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H32" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I32" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J32" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" s="3" customFormat="1">
       <x:c r="A33" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H33" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I33" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J33" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" s="2" customFormat="1">
       <x:c r="A34" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C34" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D34" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E34" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F34" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H34" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J34" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:10" s="2" customFormat="1">
-[...3 lines deleted...]
-      <x:c r="B35" s="2" t="s">
+    <x:row r="35" spans="1:10" s="3" customFormat="1">
+      <x:c r="A35" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C35" s="2" t="s">
+      <x:c r="B35" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D35" s="2" t="s">
+      <x:c r="C35" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E35" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F35" s="2" t="s">
+      <x:c r="D35" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="G35" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H35" s="2" t="s">
+      <x:c r="E35" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="I35" s="2" t="s">
+      <x:c r="G35" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H35" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J35" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A36" s="2" t="s">
+      <x:c r="I35" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="B36" s="2" t="s">
+      <x:c r="J35" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C36" s="2" t="s">
+    </x:row>
+    <x:row r="36" spans="1:10" s="3" customFormat="1">
+      <x:c r="A36" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D36" s="2" t="s">
+      <x:c r="B36" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E36" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F36" s="2" t="s">
+      <x:c r="C36" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="G36" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="2" t="s">
+      <x:c r="D36" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="I36" s="2" t="s">
+      <x:c r="E36" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F36" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="J36" s="2" t="s">
-        <x:v>21</x:v>
+      <x:c r="G36" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H36" s="3" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="J36" s="3" t="s">
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" s="3" customFormat="1">
       <x:c r="A37" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J37" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:10" s="2" customFormat="1">
-[...9 lines deleted...]
-      <x:c r="D38" s="2" t="s">
+    <x:row r="38" spans="1:10" s="3" customFormat="1">
+      <x:c r="A38" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E38" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F38" s="2" t="s">
+      <x:c r="B38" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="G38" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="2" t="s">
+      <x:c r="C38" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="I38" s="2" t="s">
+      <x:c r="D38" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="J38" s="2" t="s">
-        <x:v>21</x:v>
+      <x:c r="E38" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F38" s="3" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="I38" s="3" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="J38" s="3" t="s">
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" s="2" customFormat="1">
       <x:c r="A39" s="2" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B39" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C39" s="2" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D39" s="2" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E39" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F39" s="2" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G39" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H39" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I39" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J39" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" s="2" customFormat="1">
       <x:c r="A40" s="2" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B40" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C40" s="2" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D40" s="2" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E40" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F40" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G40" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H40" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I40" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J40" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" s="2" customFormat="1">
       <x:c r="A41" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B41" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D41" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E41" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F41" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H41" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I41" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J41" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" s="2" customFormat="1">
       <x:c r="A42" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C42" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D42" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E42" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F42" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H42" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I42" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J42" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" s="2" customFormat="1">
       <x:c r="A43" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B43" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C43" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D43" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E43" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F43" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H43" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I43" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J43" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" s="3" customFormat="1">
       <x:c r="A44" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F44" s="3" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H44" s="3" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I44" s="3" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J44" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" s="3" customFormat="1">
       <x:c r="A45" s="3" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F45" s="3" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H45" s="3" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I45" s="3" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" s="3" customFormat="1">
       <x:c r="A46" s="3" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F46" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H46" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I46" s="3" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J46" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" s="2" customFormat="1">
       <x:c r="A47" s="2" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B47" s="2" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C47" s="2" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D47" s="2" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E47" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F47" s="2" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G47" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H47" s="2" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I47" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J47" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" s="3" customFormat="1">
       <x:c r="A48" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F48" s="3" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H48" s="3" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I48" s="3" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J48" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" s="3" customFormat="1">
       <x:c r="A49" s="3" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F49" s="3" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H49" s="3" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I49" s="3" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J49" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" s="3" customFormat="1">
       <x:c r="A50" s="3" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D50" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F50" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H50" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I50" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J50" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" s="3" customFormat="1">
       <x:c r="A51" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F51" s="3" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H51" s="3" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I51" s="3" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="J51" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" s="3" customFormat="1">
       <x:c r="A52" s="3" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F52" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H52" s="3" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I52" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J52" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" s="3" customFormat="1">
       <x:c r="A53" s="3" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F53" s="3" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H53" s="3" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I53" s="3" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J53" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" s="3" customFormat="1">
       <x:c r="A54" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D54" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E54" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F54" s="3" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H54" s="3" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I54" s="3" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J54" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" s="3" customFormat="1">
       <x:c r="A55" s="3" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E55" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F55" s="3" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H55" s="3" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I55" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J55" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" s="3" customFormat="1">
       <x:c r="A56" s="3" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D56" s="3" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E56" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="3" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H56" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I56" s="3" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J56" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" s="3" customFormat="1">
       <x:c r="A57" s="3" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F57" s="3" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H57" s="3" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I57" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J57" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" s="3" customFormat="1">
       <x:c r="A58" s="3" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D58" s="3" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E58" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F58" s="3" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H58" s="3" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I58" s="3" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J58" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" s="3" customFormat="1">
       <x:c r="A59" s="3" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E59" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="3" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H59" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I59" s="3" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J59" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" s="3" customFormat="1">
       <x:c r="A60" s="3" t="s">
-        <x:v>371</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D60" s="3" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E60" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F60" s="3" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H60" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I60" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J60" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" s="3" customFormat="1">
       <x:c r="A61" s="3" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E61" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F61" s="3" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H61" s="3" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I61" s="3" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J61" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" s="3" customFormat="1">
       <x:c r="A62" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D62" s="3" t="s">
-        <x:v>386</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E62" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F62" s="3" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H62" s="3" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I62" s="3" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J62" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" s="3" customFormat="1">
       <x:c r="A63" s="3" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E63" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F63" s="3" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H63" s="3" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I63" s="3" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="J63" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" s="2" customFormat="1">
       <x:c r="A64" s="2" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B64" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C64" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D64" s="2" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E64" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F64" s="2" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H64" s="2" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I64" s="2" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J64" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" s="3" customFormat="1">
       <x:c r="A65" s="3" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E65" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F65" s="3" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H65" s="3" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I65" s="3" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J65" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" s="3" customFormat="1">
       <x:c r="A66" s="3" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D66" s="3" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E66" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F66" s="3" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H66" s="3" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I66" s="3" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J66" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" s="3" customFormat="1">
       <x:c r="A67" s="3" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E67" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F67" s="3" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H67" s="3" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I67" s="3" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J67" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" s="3" customFormat="1">
       <x:c r="A68" s="3" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D68" s="3" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E68" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F68" s="3" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H68" s="3" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I68" s="3" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J68" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" s="3" customFormat="1">
       <x:c r="A69" s="3" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E69" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F69" s="3" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H69" s="3" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I69" s="3" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J69" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" s="3" customFormat="1">
       <x:c r="A70" s="3" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
-        <x:v>433</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D70" s="3" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E70" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F70" s="3" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H70" s="3" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I70" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J70" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" s="3" customFormat="1">
       <x:c r="A71" s="3" t="s">
-        <x:v>438</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E71" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F71" s="3" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H71" s="3" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I71" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J71" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" s="3" customFormat="1">
       <x:c r="A72" s="3" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D72" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E72" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F72" s="3" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H72" s="3" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I72" s="3" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J72" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" s="2" customFormat="1">
       <x:c r="A73" s="2" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B73" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C73" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D73" s="2" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E73" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F73" s="2" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H73" s="2" t="s">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I73" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J73" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" s="2" customFormat="1">
       <x:c r="A74" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B74" s="2" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C74" s="2" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D74" s="2" t="s">
-        <x:v>455</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E74" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F74" s="2" t="s">
-        <x:v>456</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H74" s="2" t="s">
-        <x:v>457</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I74" s="2" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J74" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" s="2" customFormat="1">
       <x:c r="A75" s="2" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B75" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C75" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D75" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E75" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F75" s="2" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="G75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H75" s="2" t="s">
-        <x:v>461</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I75" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J75" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" s="2" customFormat="1">
       <x:c r="A76" s="2" t="s"/>
       <x:c r="B76" s="2" t="s"/>
       <x:c r="C76" s="2" t="s"/>
       <x:c r="D76" s="2" t="s"/>
       <x:c r="E76" s="2" t="s"/>
       <x:c r="F76" s="2" t="s"/>
       <x:c r="G76" s="2" t="s"/>
       <x:c r="H76" s="2" t="s"/>
       <x:c r="I76" s="2" t="s"/>
       <x:c r="J76" s="2" t="s"/>
     </x:row>
     <x:row r="77" spans="1:10" s="2" customFormat="1">
       <x:c r="A77" s="2" t="s"/>
       <x:c r="B77" s="2" t="s"/>
       <x:c r="C77" s="2" t="s"/>
       <x:c r="D77" s="2" t="s"/>
       <x:c r="E77" s="2" t="s"/>
       <x:c r="F77" s="2" t="s"/>
       <x:c r="G77" s="2" t="s"/>