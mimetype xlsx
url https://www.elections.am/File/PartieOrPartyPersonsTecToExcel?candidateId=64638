--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4395d9448449ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ddf18423ee924ad4a11d325c6120d1c2.psmdcp" Id="R2aa7896fbffd4858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46572a88e2d642c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35220149f47b4cea9b288b7624d8d015.psmdcp" Id="R2b9b7f95e50b4d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="322" uniqueCount="322">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="324">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՄԱՄԻԿՈՆ ԱՍԼԱՆՅԱՆ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆՆԵՐԻ ԴԱՇԻՆՔ</x:t>
   </x:si>
   <x:si>
     <x:t>05.12.2021	Լոռի - Վանաձոր</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
@@ -604,50 +604,53 @@
   <x:si>
     <x:t xml:space="preserve">Վանաձոր համայնքի տնտեսական ծրագրերի զարգացման համակարգող, </x:t>
   </x:si>
   <x:si>
     <x:t>27</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱԹԵՎՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>ԵՂԻՇԵԻ</x:t>
   </x:si>
   <x:si>
     <x:t>17-10-1995</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ԹՈՒՄԱՆՅԱՆ Փ., Շ, 11, 170, </x:t>
   </x:si>
   <x:si>
     <x:t>Վանաձորի համայնքապետարանի աշխատակազմի քարտուղարության, տեղեկատվության և աշխատանքի բաժին, առաջատար մասնագետ</x:t>
   </x:si>
   <x:si>
+    <x:t>Արձ․12</x:t>
+  </x:si>
+  <x:si>
     <x:t>28</x:t>
   </x:si>
   <x:si>
     <x:t>ՆԻԿՈՂՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՈՎՀԱՆՆԵՍ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈԲԵՐՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-02-1969</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, Կ. ԴԵՄԻՐՃՅԱՆ Փ., Շ, 13, 48, </x:t>
   </x:si>
   <x:si>
     <x:t>Վանաձորի թիվ  8 հիմնական դպրոց, ուսուցիչ</x:t>
   </x:si>
   <x:si>
     <x:t>29</x:t>
   </x:si>
   <x:si>
     <x:t>ԿՈՍՏԱՆԴՅԱՆ</x:t>
@@ -767,50 +770,53 @@
     <x:t>ԱՐԹՈՒՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>26-02-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՇԻՆԱՐԱՐՆԵՐԻ Փ., Շ, 7, 15, </x:t>
   </x:si>
   <x:si>
     <x:t>Վանաձորի համայնքապետարան, ֆինանսական բաժնի գլխավոր  մասնագետ</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՇՈՒՂՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԿԱՐԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>17-01-1996</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ԳՈՒԳԱՐՔ, 6 Փ., Տ, 75, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Արձ․11</x:t>
   </x:si>
   <x:si>
     <x:t>37</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՈԳՉՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՍՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԻՎԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>21-04-1981</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՄՈՍԿՈՎՅԱՆ Փ., Շ, 52, 6, </x:t>
   </x:si>
   <x:si>
     <x:t>«ՖԱՄՄԱ ՖՈՒԴ» ՍՊԸ, գործադիր տնօրեն</x:t>
   </x:si>
   <x:si>
     <x:t>38</x:t>
   </x:si>
@@ -2306,714 +2312,714 @@
       <x:c r="C30" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G30" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H30" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I30" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J30" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:10" s="2" customFormat="1">
-      <x:c r="A31" s="2" t="s">
+    <x:row r="31" spans="1:10" s="3" customFormat="1">
+      <x:c r="A31" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="B31" s="2" t="s">
+      <x:c r="B31" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C31" s="2" t="s">
+      <x:c r="C31" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D31" s="2" t="s">
+      <x:c r="D31" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E31" s="2" t="s">
+      <x:c r="E31" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F31" s="2" t="s">
+      <x:c r="F31" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="G31" s="2" t="s">
+      <x:c r="G31" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H31" s="2" t="s">
+      <x:c r="H31" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="I31" s="2" t="s">
+      <x:c r="I31" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="J31" s="2" t="s">
-        <x:v>22</x:v>
+      <x:c r="J31" s="3" t="s">
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" s="2" customFormat="1">
       <x:c r="A32" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C32" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D32" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E32" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G32" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H32" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I32" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J32" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" s="2" customFormat="1">
       <x:c r="A33" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J33" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" s="2" customFormat="1">
       <x:c r="A34" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C34" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D34" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F34" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G34" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H34" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J34" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" s="2" customFormat="1">
       <x:c r="A35" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B35" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C35" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D35" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E35" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F35" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G35" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H35" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J35" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" s="2" customFormat="1">
       <x:c r="A36" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B36" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C36" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D36" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E36" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F36" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H36" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I36" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J36" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" s="3" customFormat="1">
       <x:c r="A37" s="3" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J37" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" s="2" customFormat="1">
       <x:c r="A38" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B38" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C38" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D38" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E38" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F38" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G38" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H38" s="2" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I38" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" s="2" customFormat="1">
       <x:c r="A39" s="2" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B39" s="2" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C39" s="2" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D39" s="2" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E39" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F39" s="2" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H39" s="2" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I39" s="2" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J39" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:10" s="2" customFormat="1">
-[...3 lines deleted...]
-      <x:c r="B40" s="2" t="s">
+    <x:row r="40" spans="1:10" s="3" customFormat="1">
+      <x:c r="A40" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C40" s="2" t="s">
+      <x:c r="B40" s="3" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D40" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="E40" s="2" t="s">
+      <x:c r="D40" s="3" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F40" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="2" t="s">
+      <x:c r="F40" s="3" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H40" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="I40" s="2" t="s">
+      <x:c r="H40" s="3" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="J40" s="2" t="s">
-        <x:v>22</x:v>
+      <x:c r="J40" s="3" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" s="2" customFormat="1">
       <x:c r="A41" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B41" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C41" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D41" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E41" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F41" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G41" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H41" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I41" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J41" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" s="2" customFormat="1">
       <x:c r="A42" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C42" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D42" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E42" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F42" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G42" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H42" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I42" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J42" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" s="2" customFormat="1">
       <x:c r="A43" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B43" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C43" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D43" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E43" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F43" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="G43" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H43" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I43" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J43" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" s="2" customFormat="1">
       <x:c r="A44" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B44" s="2" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C44" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D44" s="2" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E44" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F44" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G44" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H44" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I44" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J44" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" s="2" customFormat="1">
       <x:c r="A45" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I45" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J45" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" s="2" customFormat="1">
       <x:c r="A46" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B46" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C46" s="2" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D46" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E46" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F46" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G46" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H46" s="2" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I46" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" s="2" customFormat="1">
       <x:c r="A47" s="2" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B47" s="2" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C47" s="2" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D47" s="2" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E47" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F47" s="2" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G47" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H47" s="2" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I47" s="2" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J47" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" s="2" customFormat="1">
       <x:c r="A48" s="2" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B48" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C48" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D48" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E48" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F48" s="2" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G48" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H48" s="2" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I48" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" s="2" customFormat="1">
       <x:c r="A49" s="2" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B49" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C49" s="2" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D49" s="2" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E49" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F49" s="2" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G49" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H49" s="2" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I49" s="2" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J49" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" s="2" customFormat="1">
       <x:c r="A50" s="2" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B50" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C50" s="2" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D50" s="2" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E50" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F50" s="2" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G50" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H50" s="2" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I50" s="2" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J50" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" s="2" customFormat="1">
       <x:c r="A51" s="2" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B51" s="2" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C51" s="2" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D51" s="2" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E51" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F51" s="2" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G51" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H51" s="2" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I51" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" s="2" customFormat="1">
       <x:c r="A52" s="2" t="s"/>
       <x:c r="B52" s="2" t="s"/>
       <x:c r="C52" s="2" t="s"/>
       <x:c r="D52" s="2" t="s"/>
       <x:c r="E52" s="2" t="s"/>
       <x:c r="F52" s="2" t="s"/>
       <x:c r="G52" s="2" t="s"/>
       <x:c r="H52" s="2" t="s"/>
       <x:c r="I52" s="2" t="s"/>
       <x:c r="J52" s="2" t="s"/>
     </x:row>
     <x:row r="53" spans="1:10" s="2" customFormat="1">
       <x:c r="A53" s="2" t="s"/>
       <x:c r="B53" s="2" t="s"/>
       <x:c r="C53" s="2" t="s"/>
       <x:c r="D53" s="2" t="s"/>