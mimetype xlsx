--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46572a88e2d642c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35220149f47b4cea9b288b7624d8d015.psmdcp" Id="R2b9b7f95e50b4d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd976edf644d24a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/747286450ccd47f69b7aeb0dee6aec7a.psmdcp" Id="Re48d08380b37483f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="324">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="329">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՄԱՄԻԿՈՆ ԱՍԼԱՆՅԱՆ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆՆԵՐԻ ԴԱՇԻՆՔ</x:t>
   </x:si>
   <x:si>
     <x:t>05.12.2021	Լոռի - Վանաձոր</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
@@ -466,50 +466,53 @@
   <x:si>
     <x:t>ՍՏԵՓԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՔԱՋԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>22-07-1978</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, Կ. ԴԵՄԻՐՃՅԱՆ Փ., Շ, 3, 17, </x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԱ</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՆԵՐՍԻՍՅԱՆ ԹՂՄ., Շ, 6, 31, </x:t>
   </x:si>
   <x:si>
     <x:t>Լոռու մարզի «Էվրիկա» դպրոց, զինղեկ</x:t>
   </x:si>
   <x:si>
+    <x:t>Արձ․15</x:t>
+  </x:si>
+  <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
     <x:t>ՓԱՆՈՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԻՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>13-06-1980</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ԴՊՐՈՑԻ Փ., Տ, 23, </x:t>
   </x:si>
   <x:si>
     <x:t>Դաշինք՝ հանուն կայուն և կանաչ կառավարման» ծրագիր, հաշվետվությունների և համապատասխանության գծով մասնագետ</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
     <x:t>ԼԵՌՆԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>16-08-1989</x:t>
@@ -520,50 +523,53 @@
   <x:si>
     <x:t>«Գլորիա» կարի ֆաբրիկա, արտադրամասի ղեկավար</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
     <x:t>ՊԱՊՈՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՐԱՅՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՐՏԻՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-10-1984</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՍՈՒԽՈՒՄԻ Փ., Շ, 2, 84, </x:t>
   </x:si>
   <x:si>
     <x:t>ՎՊՀ, Հասարակական գիտությունների ֆակուլտետի դեկան</x:t>
   </x:si>
   <x:si>
+    <x:t>Արձ․16</x:t>
+  </x:si>
+  <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՍՅԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԱՅԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>08-10-1995</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՉԱՐԵՆՑԻ Փ., Տ, 12/1-1/2, </x:t>
   </x:si>
   <x:si>
     <x:t>«Փրիթի Ուեյ» ՍՊԸ, օպերատոր/գանձապահ</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԵՎՈՐԳՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԵՆ</x:t>
@@ -583,50 +589,53 @@
   <x:si>
     <x:t>23-Ա</x:t>
   </x:si>
   <x:si>
     <x:t>26</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՐՈՒԹՅՈՒՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԼԵՔՍԱՆԴՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՐՈՒԹՅՈՒՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>08-04-1979</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ԱՂԱՅԱՆ Փ., Տ, 74/4, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Վանաձոր համայնքի տնտեսական ծրագրերի զարգացման համակարգող, </x:t>
   </x:si>
   <x:si>
+    <x:t>2-Ա</x:t>
+  </x:si>
+  <x:si>
     <x:t>27</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱԹԵՎՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>ԵՂԻՇԵԻ</x:t>
   </x:si>
   <x:si>
     <x:t>17-10-1995</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ԹՈՒՄԱՆՅԱՆ Փ., Շ, 11, 170, </x:t>
   </x:si>
   <x:si>
     <x:t>Վանաձորի համայնքապետարանի աշխատակազմի քարտուղարության, տեղեկատվության և աշխատանքի բաժին, առաջատար մասնագետ</x:t>
   </x:si>
   <x:si>
     <x:t>Արձ․12</x:t>
   </x:si>
   <x:si>
     <x:t>28</x:t>
@@ -889,50 +898,53 @@
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՆԵՐՍԻՍՅԱՆ ՓԿՂ., Շ, 5, 43, </x:t>
   </x:si>
   <x:si>
     <x:t>Վանաձոր համայնքապետարան,  հաշվապահ, ՀՈԱԿ-ի տեսուչ</x:t>
   </x:si>
   <x:si>
     <x:t>42</x:t>
   </x:si>
   <x:si>
     <x:t>ԽԱՉԻԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՅԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՐԶՊԵՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>21-08-1996</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՎԱՐԴԱՆԱՆՑ Փ., Շ, 84, 89, </x:t>
   </x:si>
   <x:si>
+    <x:t>Արձ․13</x:t>
+  </x:si>
+  <x:si>
     <x:t>43</x:t>
   </x:si>
   <x:si>
     <x:t>ԵՍԱՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԵՎՈՐԳ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՈՒՐԳԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>05-08-1960</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ԵՐԵՎԱՆՅԱՆ ԽՃՂ., Շ, 68, 12, </x:t>
   </x:si>
   <x:si>
     <x:t>ՀԷՑ ՓԲԸ Դեբեդ մասնաճյուղ, ճարտարագետ</x:t>
   </x:si>
   <x:si>
     <x:t>44</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՅՎԱԶՅԱՆ</x:t>
@@ -944,50 +956,53 @@
     <x:t>ԱՐՏԱԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-10-1995</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՉՈՒԽԱՋՅԱՆ ԹՂՄ., Շ, 7, 23, </x:t>
   </x:si>
   <x:si>
     <x:t>45</x:t>
   </x:si>
   <x:si>
     <x:t>ԻՆՆԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ՅՈՒՐԻԻ</x:t>
   </x:si>
   <x:si>
     <x:t>03-06-1980</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ԹՈՒՄԱՆՅԱՆ Փ., Շ, 3, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>Եվրոպական համալսարան, Վանաձորի մասնաճյուղ, դասախոս</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Արձ․14</x:t>
   </x:si>
   <x:si>
     <x:t>46</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՐԻԳՈՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԴՐԱՆԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>05-10-1991</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԼՈՌԻ, ՎԱՆԱՁՈՐ, ՇԻՆԱՐԱՐՆԵՐԻ Փ., Շ, 7, 13, </x:t>
   </x:si>
   <x:si>
     <x:t>Լոռու մարզի Երդվյալ Ազատամարտիկների Միություն, նախագահ</x:t>
   </x:si>
   <x:si>
     <x:t>47</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱԿԱՐՅԱՆ</x:t>
   </x:si>
@@ -2056,970 +2071,970 @@
       <x:c r="C22" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F22" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H22" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I22" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J22" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:10" s="2" customFormat="1">
-      <x:c r="A23" s="2" t="s">
+    <x:row r="23" spans="1:10" s="3" customFormat="1">
+      <x:c r="A23" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B23" s="2" t="s">
+      <x:c r="B23" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C23" s="2" t="s">
+      <x:c r="C23" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="D23" s="2" t="s">
+      <x:c r="D23" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E23" s="2" t="s">
+      <x:c r="E23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F23" s="2" t="s">
+      <x:c r="F23" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="G23" s="2" t="s">
+      <x:c r="G23" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="H23" s="2" t="s">
+      <x:c r="H23" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="I23" s="2" t="s">
+      <x:c r="I23" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="J23" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A24" s="2" t="s">
+      <x:c r="J23" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:10" s="3" customFormat="1">
+      <x:c r="A24" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="B24" s="2" t="s">
+      <x:c r="B24" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C24" s="2" t="s">
+      <x:c r="C24" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D24" s="2" t="s">
+      <x:c r="D24" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="E24" s="2" t="s">
+      <x:c r="E24" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F24" s="2" t="s">
+      <x:c r="F24" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="G24" s="2" t="s">
+      <x:c r="G24" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H24" s="2" t="s">
+      <x:c r="H24" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="I24" s="2" t="s">
+      <x:c r="I24" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="J24" s="2" t="s">
-        <x:v>22</x:v>
+      <x:c r="J24" s="3" t="s">
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" s="3" customFormat="1">
       <x:c r="A25" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I25" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J25" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" s="3" customFormat="1">
       <x:c r="A26" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I26" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J26" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:10" s="2" customFormat="1">
-[...3 lines deleted...]
-      <x:c r="B27" s="2" t="s">
+    <x:row r="27" spans="1:10" s="3" customFormat="1">
+      <x:c r="A27" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C27" s="2" t="s">
+      <x:c r="B27" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D27" s="2" t="s">
+      <x:c r="C27" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E27" s="2" t="s">
+      <x:c r="D27" s="3" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F27" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="2" t="s">
+      <x:c r="F27" s="3" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H27" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="I27" s="2" t="s">
+      <x:c r="H27" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="J27" s="2" t="s">
-        <x:v>22</x:v>
+      <x:c r="I27" s="3" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="J27" s="3" t="s">
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" s="3" customFormat="1">
       <x:c r="A28" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F28" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H28" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I28" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J28" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" s="3" customFormat="1">
       <x:c r="A29" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F29" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H29" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I29" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J29" s="3" t="s">
-        <x:v>183</x:v>
-[...6 lines deleted...]
-      <x:c r="B30" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C30" s="2" t="s">
+    </x:row>
+    <x:row r="30" spans="1:10" s="3" customFormat="1">
+      <x:c r="A30" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D30" s="2" t="s">
+      <x:c r="B30" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E30" s="2" t="s">
+      <x:c r="C30" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F30" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="2" t="s">
+      <x:c r="F30" s="3" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H30" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>22</x:v>
+      <x:c r="H30" s="3" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="I30" s="3" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J30" s="3" t="s">
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" s="3" customFormat="1">
       <x:c r="A31" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J31" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" s="2" customFormat="1">
       <x:c r="A32" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C32" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D32" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E32" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="G32" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H32" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I32" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J32" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" s="2" customFormat="1">
       <x:c r="A33" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J33" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" s="2" customFormat="1">
       <x:c r="A34" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C34" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D34" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F34" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G34" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H34" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J34" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" s="2" customFormat="1">
       <x:c r="A35" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B35" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C35" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D35" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E35" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F35" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G35" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I35" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J35" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" s="2" customFormat="1">
       <x:c r="A36" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B36" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C36" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E36" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F36" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H36" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I36" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J36" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" s="3" customFormat="1">
       <x:c r="A37" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J37" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" s="2" customFormat="1">
       <x:c r="A38" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B38" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C38" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D38" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E38" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F38" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G38" s="2" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H38" s="2" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I38" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" s="2" customFormat="1">
       <x:c r="A39" s="2" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B39" s="2" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C39" s="2" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D39" s="2" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E39" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F39" s="2" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H39" s="2" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I39" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J39" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" s="3" customFormat="1">
       <x:c r="A40" s="3" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F40" s="3" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H40" s="3" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I40" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="3" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" s="2" customFormat="1">
       <x:c r="A41" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B41" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C41" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D41" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E41" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F41" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G41" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H41" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I41" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J41" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" s="2" customFormat="1">
       <x:c r="A42" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C42" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D42" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E42" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F42" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G42" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H42" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I42" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J42" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" s="2" customFormat="1">
       <x:c r="A43" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B43" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C43" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D43" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E43" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F43" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="G43" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H43" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I43" s="2" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J43" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" s="2" customFormat="1">
       <x:c r="A44" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B44" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C44" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D44" s="2" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E44" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F44" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G44" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H44" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I44" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J44" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" s="2" customFormat="1">
       <x:c r="A45" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I45" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J45" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:10" s="2" customFormat="1">
-[...9 lines deleted...]
-      <x:c r="D46" s="2" t="s">
+    <x:row r="46" spans="1:10" s="3" customFormat="1">
+      <x:c r="A46" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E46" s="2" t="s">
+      <x:c r="B46" s="3" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F46" s="2" t="s">
-[...8 lines deleted...]
-      <x:c r="I46" s="2" t="s">
+      <x:c r="F46" s="3" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="J46" s="2" t="s">
-        <x:v>22</x:v>
+      <x:c r="J46" s="3" t="s">
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" s="2" customFormat="1">
       <x:c r="A47" s="2" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B47" s="2" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C47" s="2" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D47" s="2" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E47" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F47" s="2" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G47" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H47" s="2" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I47" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J47" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" s="2" customFormat="1">
       <x:c r="A48" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B48" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C48" s="2" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D48" s="2" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E48" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F48" s="2" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G48" s="2" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H48" s="2" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I48" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:10" s="2" customFormat="1">
-[...3 lines deleted...]
-      <x:c r="B49" s="2" t="s">
+    <x:row r="49" spans="1:10" s="3" customFormat="1">
+      <x:c r="A49" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C49" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="E49" s="2" t="s">
+      <x:c r="C49" s="3" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F49" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="2" t="s">
+      <x:c r="F49" s="3" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H49" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>22</x:v>
+      <x:c r="H49" s="3" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="I49" s="3" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J49" s="3" t="s">
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" s="2" customFormat="1">
       <x:c r="A50" s="2" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B50" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C50" s="2" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D50" s="2" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E50" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F50" s="2" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G50" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H50" s="2" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I50" s="2" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J50" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" s="2" customFormat="1">
       <x:c r="A51" s="2" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B51" s="2" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C51" s="2" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D51" s="2" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E51" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F51" s="2" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G51" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H51" s="2" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I51" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" s="2" customFormat="1">
       <x:c r="A52" s="2" t="s"/>
       <x:c r="B52" s="2" t="s"/>
       <x:c r="C52" s="2" t="s"/>
       <x:c r="D52" s="2" t="s"/>
       <x:c r="E52" s="2" t="s"/>
       <x:c r="F52" s="2" t="s"/>
       <x:c r="G52" s="2" t="s"/>
       <x:c r="H52" s="2" t="s"/>
       <x:c r="I52" s="2" t="s"/>
       <x:c r="J52" s="2" t="s"/>
     </x:row>
     <x:row r="53" spans="1:10" s="2" customFormat="1">
       <x:c r="A53" s="2" t="s"/>
       <x:c r="B53" s="2" t="s"/>
       <x:c r="C53" s="2" t="s"/>
       <x:c r="D53" s="2" t="s"/>