--- v0 (2025-11-04)
+++ v1 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa790857eeda4eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9269c32ccc442f5b2ff4e179038c034.psmdcp" Id="Rf30978412d154886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68cd7828c0f4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0020cbdc91074e04bbb8aabab27e0ae1.psmdcp" Id="R6e1f74e1c50f43dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="130">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՀԱՅՐԵՆԱՏԷՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>