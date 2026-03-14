--- v1 (2026-01-17)
+++ v2 (2026-03-14)
@@ -1,456 +1,399 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68cd7828c0f4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0020cbdc91074e04bbb8aabab27e0ae1.psmdcp" Id="R6e1f74e1c50f43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02dd22fbbcc548f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a813aa2250184882bef778c30f492053.psmdcp" Id="Rf4bb360724a54b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="130">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՀԱՅՐԵՆԱՏԷՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t>05.12.2021	Արմավիր - Վաղարշապատ</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
     <x:t>Ծննդյան ա/թ</x:t>
   </x:si>
   <x:si>
     <x:t>Կուuակցական պատկանելությունը</x:t>
   </x:si>
   <x:si>
     <x:t>Հաշվառման վայրը</x:t>
   </x:si>
   <x:si>
     <x:t>Աշխատանքի վայրը, պաշտոնը (զբաղմունքը)</x:t>
   </x:si>
   <x:si>
     <x:t>Նշում</x:t>
   </x:si>
   <x:si>
-    <x:t>1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԲՐԱՀԱՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՋԻՎԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՏԱՇԵՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>Արական</x:t>
   </x:si>
   <x:si>
     <x:t>04-08-1993</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՍՈՒՐԲ ՄԵՍՐՈՊ ՄԱՇՏՈՑ Փ., Շ, 14, 16, </x:t>
   </x:si>
   <x:si>
     <x:t>«Ջիվան Աբրահամյանի» անվ. Հիմնադրամ, հիմնադիր</x:t>
   </x:si>
   <x:si>
     <x:t>13-Ա</x:t>
   </x:si>
   <x:si>
-    <x:t>2</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԻՔԱՅԵԼՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԿԱՐԻՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԵՐՈՒԺԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>Իգական</x:t>
   </x:si>
   <x:si>
     <x:t>25-11-1990</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԿՈՒՍԱԿՑԱԿԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՎԱԶԳԵՆ ԱՌԱՋԻՆԻ Փ., Շ, 37, 40, </x:t>
   </x:si>
   <x:si>
-    <x:t>3</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՆՈՒԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՊԱՎԵԼ</x:t>
   </x:si>
   <x:si>
     <x:t>07-05-1979</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՉԱՐԵՆՑԻ Փ., Տ, 451, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">անհատ ձեռներեց, </x:t>
   </x:si>
   <x:si>
-    <x:t>4</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՐՏԻՐՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՍՄԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԶՈՐԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>24-09-1987</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, Հ. ԴԱՆՂՅԱՆ Փ., Տ, 60, </x:t>
   </x:si>
   <x:si>
     <x:t>«Երանի թրեվլ», զբոսավար</x:t>
   </x:si>
   <x:si>
-    <x:t>5</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍԱՐԳՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՄՎԵԼ</x:t>
   </x:si>
   <x:si>
     <x:t>ԽՈՐԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>20-09-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ԱՐԱԳԱԾԻ ԶՆԳՎ., Շ, 17, 47, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">գրաֆիկ-դիզայն, </x:t>
   </x:si>
   <x:si>
-    <x:t>6</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՂԱԼԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԻՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>02-02-1975</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՍԲ. ԳՐԻԳՈՐ ԼՈՒՍԱՎՈՐԻՉԻ Փ., Շ, 2, 26, </x:t>
   </x:si>
   <x:si>
-    <x:t>7</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՎՈՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱՅԱՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԶԱՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>05-09-1971</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ԹՈՒՄԱՆՅԱՆ Փ., Տ, 8, </x:t>
   </x:si>
   <x:si>
     <x:t>«Էջմիածին» կլինիկա, բուժքույր</x:t>
   </x:si>
   <x:si>
-    <x:t>8</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԴԱՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՏԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՅԿԱԶՈՒՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>07-09-1984</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՎԱԶԳԵՆ ԱՌԱՋԻՆԻ Փ., Շ, 12, 31, </x:t>
   </x:si>
   <x:si>
     <x:t>«Տոպկո» ընկերություն, մենեջեր</x:t>
   </x:si>
   <x:si>
-    <x:t>9</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԴԱՎԹՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼԵՎՈՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>24-03-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՎԱԶԳԵՆ ԱՌԱՋԻՆԻ Փ., Շ, 48Բ, 6, </x:t>
   </x:si>
   <x:si>
-    <x:t>10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՐԳԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԼԵՔՍԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>16-05-1989</x:t>
   </x:si>
   <x:si>
     <x:t>«Ջիվան Աբրահամյանի» անվ, Հաս. Հիմունքներով աշխ.</x:t>
   </x:si>
   <x:si>
-    <x:t>11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԵԼՔՈՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՄՎԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>23-08-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ԱԼԱՎԵՐԴՅԱՆ 1 ՓԿՂ., Տ, 2Ա, </x:t>
   </x:si>
   <x:si>
-    <x:t>12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԶԱՔԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՅԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՀԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>03-05-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՊԵՏՐՈԶԱՎՈԴՍԿ Փ., Տ, 84Ա, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">"AAC" ՍՊԸ , </x:t>
   </x:si>
   <x:si>
-    <x:t>13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍԵՊԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼՈՒՍԻՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ԴԱՆԻԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>28-08-1991</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՉԱՐԵՆՑԻ Փ., Տ, 306, </x:t>
   </x:si>
   <x:si>
-    <x:t>14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀԱԿՈԲՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>03-11-1982</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՄԱՅԱԿՈՎՍԿՈՒ Փ., Տ, 4, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">գործարար, </x:t>
   </x:si>
   <x:si>
     <x:t>24-Ա</x:t>
   </x:si>
   <x:si>
-    <x:t>15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԼԱՐԻՍԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍՏՅՈՊԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>14-06-1983</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՍՈՒՐԲ ՄՈՎՍԵՍ ԽՈՐԵՆԱՑԻ Փ., Շ, 1, 19, </x:t>
   </x:si>
   <x:si>
-    <x:t>16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԿԱՐԱՊԵՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՆՈՒԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՊՈՂՈՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>26-06-1989</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՄԱՅԱԿՈՎՍԿՈՒ Փ., Տ, 2/1, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">վարորդ, </x:t>
   </x:si>
   <x:si>
-    <x:t>17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՊՐԵՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՀՐԱՄ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆՎԵՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-11-1989</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԱՐՄԱՎԻՐ, ՎԱՂԱՐՇԱՊԱՏ, ՍՈՒՐԲ ՄՈՎՍԵՍ ԽՈՐԵՆԱՑԻ Փ., Շ, 101, 313, </x:t>
   </x:si>
   <x:si>
-    <x:t>18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍԱԽԿԱԼՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՐԻԱՄ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՐԴԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>29-03-1970</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>19</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՏԱՇԵՍ</x:t>
   </x:si>
   <x:si>
     <x:t>08-11-1987</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">"Իմպերիալ տուր"ՍՊԸ , </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="@"/>
+    <x:numFmt numFmtId="164" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="10"/>
       <x:color rgb="FF000000"/>
       <x:name val="GHEA Grapalat"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:strike/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -477,81 +420,81 @@
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -828,803 +771,719 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="40.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.710625" style="0" customWidth="1"/>
     <x:col min="9" max="10" width="30.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="B1" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:10" s="1" customFormat="1">
       <x:c r="A2" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B2" s="4" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J2" s="4" t="s"/>
+      <x:c r="B2" s="4"/>
+      <x:c r="C2" s="4"/>
+      <x:c r="D2" s="4"/>
+      <x:c r="E2" s="4"/>
+      <x:c r="F2" s="4"/>
+      <x:c r="G2" s="4"/>
+      <x:c r="H2" s="4"/>
+      <x:c r="I2" s="4"/>
+      <x:c r="J2" s="4"/>
     </x:row>
     <x:row r="3" spans="1:10" s="1" customFormat="1">
       <x:c r="A3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B3" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J3" s="1" t="s"/>
     </x:row>
     <x:row r="4" spans="1:10" s="1" customFormat="1">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" s="2" customFormat="1">
-      <x:c r="A5" s="2" t="s">
+      <x:c r="A5" s="2">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B5" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="B5" s="2" t="s">
+      <x:c r="C5" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="C5" s="2" t="s">
+      <x:c r="D5" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="D5" s="2" t="s">
+      <x:c r="E5" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="E5" s="2" t="s">
+      <x:c r="F5" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F5" s="2" t="s">
+      <x:c r="G5" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H5" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G5" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H5" s="2" t="s">
+      <x:c r="I5" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="I5" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J5" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:10" s="2" customFormat="1">
+      <x:c r="A6" s="2">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A6" s="2" t="s">
+      <x:c r="C6" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B6" s="2" t="s">
+      <x:c r="D6" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="C6" s="2" t="s">
+      <x:c r="E6" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="D6" s="2" t="s">
+      <x:c r="F6" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="E6" s="2" t="s">
+      <x:c r="G6" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="F6" s="2" t="s">
+      <x:c r="H6" s="2" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="I6" s="2" t="s"/>
       <x:c r="J6" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" s="2" customFormat="1">
-      <x:c r="A7" s="2" t="s">
+      <x:c r="A7" s="2">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C7" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D7" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E7" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F7" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B7" s="2" t="s">
+      <x:c r="G7" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H7" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="C7" s="2" t="s">
+      <x:c r="I7" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="D7" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="F7" s="2" t="s">
+      <x:c r="J7" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:10" s="2" customFormat="1">
+      <x:c r="A8" s="2">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="G7" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H7" s="2" t="s">
+      <x:c r="C8" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="I7" s="2" t="s">
+      <x:c r="D8" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="J7" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A8" s="2" t="s">
+      <x:c r="E8" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B8" s="2" t="s">
+      <x:c r="G8" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H8" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="2" t="s">
+      <x:c r="I8" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D8" s="2" t="s">
+      <x:c r="J8" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:10" s="2" customFormat="1">
+      <x:c r="A9" s="2">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E8" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F8" s="2" t="s">
+      <x:c r="C9" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G8" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H8" s="2" t="s">
+      <x:c r="D9" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="I8" s="2" t="s">
+      <x:c r="E9" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="J8" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A9" s="2" t="s">
+      <x:c r="G9" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="B9" s="2" t="s">
+      <x:c r="I9" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C9" s="2" t="s">
+      <x:c r="J9" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:10" s="2" customFormat="1">
+      <x:c r="A10" s="2">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="D9" s="2" t="s">
+      <x:c r="C10" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="E9" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F9" s="2" t="s">
+      <x:c r="D10" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E10" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F10" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G9" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="2" t="s">
+      <x:c r="G10" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H10" s="2" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="I10" s="2" t="s"/>
       <x:c r="J10" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" s="2" customFormat="1">
-      <x:c r="A11" s="2" t="s">
+      <x:c r="A11" s="2">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B11" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C11" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D11" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="E11" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F11" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G11" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H11" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I11" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J11" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:10" s="2" customFormat="1">
+      <x:c r="A12" s="2">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B12" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="B11" s="2" t="s">
+      <x:c r="C12" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C11" s="2" t="s">
+      <x:c r="D12" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D11" s="2" t="s">
+      <x:c r="E12" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F12" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E11" s="2" t="s">
+      <x:c r="G12" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H12" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I12" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="J12" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:10" s="2" customFormat="1">
+      <x:c r="A13" s="2">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B13" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C13" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D13" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E13" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F13" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G13" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="F11" s="2" t="s">
-[...22 lines deleted...]
-      <x:c r="C12" s="2" t="s">
+      <x:c r="H13" s="2" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...45 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="I13" s="2" t="s"/>
       <x:c r="J13" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" s="2" customFormat="1">
-      <x:c r="A14" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A14" s="2">
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E14" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F14" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H14" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I14" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J14" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" s="2" customFormat="1">
-      <x:c r="A15" s="2" t="s">
-        <x:v>79</x:v>
+      <x:c r="A15" s="2">
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E15" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F15" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H15" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I15" s="2" t="s"/>
       <x:c r="J15" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" s="2" customFormat="1">
-      <x:c r="A16" s="2" t="s">
-        <x:v>84</x:v>
+      <x:c r="A16" s="2">
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B16" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D16" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E16" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F16" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J16" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" s="2" customFormat="1">
-      <x:c r="A17" s="2" t="s">
-        <x:v>91</x:v>
+      <x:c r="A17" s="2">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D17" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E17" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F17" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G17" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H17" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="2" t="s"/>
       <x:c r="J17" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" s="3" customFormat="1">
-      <x:c r="A18" s="3" t="s">
-        <x:v>97</x:v>
+      <x:c r="A18" s="3">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" s="2" customFormat="1">
-      <x:c r="A19" s="2" t="s">
-        <x:v>103</x:v>
+      <x:c r="A19" s="2">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C19" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E19" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F19" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I19" s="2" t="s"/>
       <x:c r="J19" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" s="2" customFormat="1">
-      <x:c r="A20" s="2" t="s">
-        <x:v>108</x:v>
+      <x:c r="A20" s="2">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D20" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E20" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F20" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="G20" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H20" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="I20" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="J20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:10" s="2" customFormat="1">
+      <x:c r="A21" s="2">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F20" s="2" t="s">
-[...18 lines deleted...]
-      </x:c>
       <x:c r="B21" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C21" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D21" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E21" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F21" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I21" s="2" t="s"/>
       <x:c r="J21" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" s="2" customFormat="1">
-      <x:c r="A22" s="2" t="s">
-        <x:v>121</x:v>
+      <x:c r="A22" s="2">
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C22" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E22" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F22" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I22" s="2" t="s"/>
       <x:c r="J22" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" s="2" customFormat="1">
-      <x:c r="A23" s="2" t="s">
-        <x:v>126</x:v>
+      <x:c r="A23" s="2">
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C23" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D23" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E23" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F23" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G23" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H23" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I23" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J23" s="2" t="s">
-        <x:v>21</x:v>
-[...73 lines deleted...]
-    </x:row>
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="25" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="26" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="27" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="28" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="29" spans="1:10" s="2" customFormat="1"/>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="landscape" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>Թեկնածուներ</vt:lpstr>
+      <vt:lpstr>Թեկնածուներ!Print_Area</vt:lpstr>
+      <vt:lpstr>Թեկնածուներ!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
-  <ap:TitlesOfParts>
-[...5 lines deleted...]
-  </ap:TitlesOfParts>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>