--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167fa0fdce6749be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2ffad85b0324900a461f67035b2c836.psmdcp" Id="Ra9892983da224596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e2dcab6d27c4d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/168556d1171a4f828cd8a3d351627fc9.psmdcp" Id="R74253634666040d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="374" uniqueCount="374">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՔԱՂԱՔԱՑԻԱԿԱՆ ՊԱՅՄԱՆԱԳԻՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>