--- v1 (2025-12-08)
+++ v2 (2026-03-07)
@@ -1,1188 +1,1014 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e2dcab6d27c4d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/168556d1171a4f828cd8a3d351627fc9.psmdcp" Id="R74253634666040d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5369c71ef0874110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7308d2ecf3fc48dbb49570b230a34f16.psmdcp" Id="R649520104f444ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="374" uniqueCount="374">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՔԱՂԱՔԱՑԻԱԿԱՆ ՊԱՅՄԱՆԱԳԻՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t>25.09.2022 Տավուշ-Բերդ</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
     <x:t>Ծննդյան ա/թ</x:t>
   </x:si>
   <x:si>
     <x:t>Կուuակցական պատկանելությունը</x:t>
   </x:si>
   <x:si>
     <x:t>Հաշվառման վայրը</x:t>
   </x:si>
   <x:si>
     <x:t>Աշխատանքի վայրը, պաշտոնը (զբաղմունքը)</x:t>
   </x:si>
   <x:si>
     <x:t>Նշում</x:t>
   </x:si>
   <x:si>
+    <x:t>ՍՈՒՔԻԱՍՅԱՆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ՎԱՀՐԱՄ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ՎԱՉԵԻ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Արական</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12-07-1978</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՏԱՎՈՒՇ, 24 Փ. 1 ՆՐԲ., Տ, 10, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ՄՍԾ Բերդի ՏԿ,  տնօրեն</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Ա</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԲԱԴԱԼՅԱՆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ՍԵՎԱԿ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԲՈՐԻԿԻ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26-05-1985</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՊԱՐ, 3 Փ. 1 ՓԿՂ., Տ, 4, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱՎԱԼՅԱՆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱՆՆԱ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԷԴԻԿԻ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Իգական</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07-10-1967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱՆԿՈՒՍԱԿՑԱԿԱՆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ՄԱՇՏՈՑԻ Փ., Շ, 12, 14, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Բերդի ԲՊՔ , տնօրեն</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ՄԱՐՏԻՐՈՍՅԱՆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱՐԱՐԱՏ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱՐՏԵՄԻ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-10-1994</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՁՈՐ, 8 Փ., Տ, 21, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Հայանտառ, տեղակալ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱԴԱՄՅԱՆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱՐՍԵՆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱՐԱՄԱՅԻՍԻ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12-04-1992</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, Ս. ԹԵՀԼԵՐՅԱՆ Փ., Տ, 6, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Գազպրոմ Արմենիա ՓԲԸ , ճարտարագետ</x:t>
+  </x:si>
+  <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>ՍՈՒՔԻԱՍՅԱՆ</x:t>
-[...20 lines deleted...]
-    <x:t>3-Ա</x:t>
+    <x:t>ԾԱՏՈՒՐՅԱՆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԶՎԱՐԴ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱԼԲԵՐՏԻ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12-08-1964</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ԱՅԳԵՍՏԱՆ Փ., Տ, 71, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Բերդի Բ/Կ , Ինֆեկցիոն բաժ.վարիչ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ԱՐԹՈՒՐ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ՎԱՐԴԳԵՍԻ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02-07-1985</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ՄԱՇՏՈՑԻ Փ., Տ, 98Ա, </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">&lt;&lt;Վեոլիա ջուր&gt;&gt;  ՓԲԸ, տեսուչ </x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>ԲԱԴԱԼՅԱՆ</x:t>
-[...124 lines deleted...]
-  <x:si>
     <x:t>ՈՒԶՈՒՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԷՄԱՆՈՒՅԵԼ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՌԱՔԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>13-11-1994</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ԱՅԳԵՍՏԱՆ Փ., Տ, 6, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ա/Ձ, </x:t>
   </x:si>
   <x:si>
-    <x:t>9</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՋՈՒԼՀԱԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԱՀԻՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ԻՇԽԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>27-02-1966</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ՀԱՅԿ ՆԱՀԱՊԵՏԻ Փ., Տ, 45, </x:t>
   </x:si>
   <x:si>
     <x:t>Բերդի թիվ  1 հիմնական դպրոց, տնօրեն</x:t>
   </x:si>
   <x:si>
-    <x:t>10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԻՐԶՈՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԺԻՐԱՅՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆՈՐԱՅՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>02-02-1980</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՊԱՌԱՎԱՔԱՐ, 4 Փ. 5 ՓԿՂ., Տ, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>&lt;&lt;Հայանտառ&gt;&gt; , անտառապետ</x:t>
   </x:si>
   <x:si>
-    <x:t>11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳՅՈՒՐՋԻՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՇԱՎԱՐՇ</x:t>
   </x:si>
   <x:si>
     <x:t>ԽԱՉԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>18-11-1988</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՏԱՎՈՒՇ, 24 Փ. 3 ՆՐԲ., Տ, 3, </x:t>
   </x:si>
   <x:si>
-    <x:t>12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՐԴԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄՈՒՇԵՂԻ</x:t>
   </x:si>
   <x:si>
     <x:t>23-02-1987</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԻԾԱՔԱՐ, 1 Փ. 4 ՆՐԲ., Տ, 7, </x:t>
   </x:si>
   <x:si>
     <x:t>Նավուրի միջն. դպրոց,  տնօրեն ժ/պ</x:t>
   </x:si>
   <x:si>
-    <x:t>13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՔԱԼԱՆԹԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄՀԵՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՉԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>30-09-1991</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՉՈՐԱԹԱՆ, 8 Փ., Տ, 18, </x:t>
   </x:si>
   <x:si>
-    <x:t>14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՍԻՄՈՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՇՈՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՐԱՆՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>18-01-1972</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՆԵՐՔԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 6 Փ. 1 ՓԿՂ., Տ, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>&lt;&lt;Հայանտառ&gt;&gt; , անտառապահ</x:t>
   </x:si>
   <x:si>
-    <x:t>15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՐԶՈՒՄԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԵՎԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՄԱՅԱԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>15-04-1971</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՊԱՐ, 1 Փ. 1 ՓԿՂ., Շ, 2, 2, </x:t>
   </x:si>
   <x:si>
     <x:t>Այգեպարի միջնակարգ  դպրոց, տնօրեն</x:t>
   </x:si>
   <x:si>
-    <x:t>16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԳՐԻԳՈՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԿԱՐԵՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԹՈՒՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>05-07-1989</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՆԱՎՈՒՐ, 1 Փ. 2 ՆՐԲ., Տ, 11, </x:t>
   </x:si>
   <x:si>
-    <x:t>17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԲՐԱՀԱՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԵՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՍԻԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>29-12-1989</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՎԱՐԱԳԱՎԱՆ, 3 Փ., Տ, 15, </x:t>
   </x:si>
   <x:si>
     <x:t>ՀՀ ՊՆ , տրանսպորտի պատասխանատու</x:t>
   </x:si>
   <x:si>
-    <x:t>18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԵԼԻՔՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈԶԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>25-09-2000</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ԵՂԻՇԵԻ Փ., Տ, 90, </x:t>
   </x:si>
   <x:si>
-    <x:t>19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՓԱՅՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՍԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՐԴԱՆԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>12-08-1993</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՆՈՐԱՇԵՆ, 9 Փ., Տ, 8, </x:t>
   </x:si>
   <x:si>
-    <x:t>20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԱՐԴԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌԱԶՄԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՏԱՎԱԶԴԻ</x:t>
   </x:si>
   <x:si>
     <x:t>26-11-1961</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԾԱՂԿԱՎԱՆ, 6 Փ. 2 ՆՐԲ., Տ, 10, </x:t>
   </x:si>
   <x:si>
     <x:t>&lt;&lt;ԱԿԻՆԳ&gt;&gt; ՍՊԸ, օպերատոր</x:t>
   </x:si>
   <x:si>
-    <x:t>21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՂԱՅԹՄԱԶՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆԱԻՐԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԿՈԼՅԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>17-05-1972</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՊԱՌԱՎԱՔԱՐ, 7 Փ., Տ, 2, </x:t>
   </x:si>
   <x:si>
     <x:t>Պառավաքարի միջն. դպրոց, տնօրեն</x:t>
   </x:si>
   <x:si>
-    <x:t>22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՉՈԲԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԿՈՐՅՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱԶԳԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-07-1993</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՎԵՐԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 13 Փ., Տ, 18, </x:t>
   </x:si>
   <x:si>
-    <x:t>23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԻՐԶԱԽԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈԲԵՐՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԱՅԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>04-10-1989</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՎԵՐԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 10 Փ., Տ, 25, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;&lt;Ավանտա&gt;&gt; կլինիկա, </x:t>
   </x:si>
   <x:si>
-    <x:t>24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԲԳԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐԵՎՀԱՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ՊԵՏՐՈՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>03-07-1971</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՆԵՐՔԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 2 Փ., Տ, 13, </x:t>
   </x:si>
   <x:si>
     <x:t>Ն.Կ.Աղբյուր միջն դպրոց, ուսուցչուհի</x:t>
   </x:si>
   <x:si>
-    <x:t>25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՈՌ</x:t>
   </x:si>
   <x:si>
     <x:t>06-08-2000</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՉԻՆԱՐԻ, 17 Փ. 2 ՓԿՂ., Տ, 1, </x:t>
   </x:si>
   <x:si>
-    <x:t>26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԽԱՌԱՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԴԱՎԻԹ</x:t>
   </x:si>
   <x:si>
     <x:t>27-09-1985</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՏԱՎՈՒՇ, 1 Փ., Տ, 94, </x:t>
   </x:si>
   <x:si>
     <x:t>ՖԻՆՔԱ ՈՒՎԿ ՓԲԸ , վարորդ</x:t>
   </x:si>
   <x:si>
-    <x:t>27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԵՍԱՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱԳԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>30-12-2000</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՆՈՐԱՇԵՆ, 1 Փ. 1 ՆՐԲ., Տ, 3, </x:t>
   </x:si>
   <x:si>
-    <x:t>28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԴԱՆԻԵԼՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՀԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՐԴԱՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>20-09-1993</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԻԾԱՔԱՐ, 1 Փ., Տ, 36, </x:t>
   </x:si>
   <x:si>
-    <x:t>29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՎԱԳՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՐԱՉԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈԲԵՐՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-06-1965</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՊԱՐ, 2 Փ., Շ, 9, 9, </x:t>
   </x:si>
   <x:si>
     <x:t>&lt;&lt;Հայանտառ&gt;&gt;,  անտառապետ</x:t>
   </x:si>
   <x:si>
-    <x:t>30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԼԻՆԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՎԵՏԻՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>10-09-1987</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՉՈՐԱԹԱՆ, 3 Փ. 1 ՓԿՂ., Տ, 8, </x:t>
   </x:si>
   <x:si>
     <x:t>Չորաթանի միջն.դպրոց, ուսուցչուհի</x:t>
   </x:si>
   <x:si>
-    <x:t>31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՇՈՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>24-02-2000</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՐԾՎԱԲԵՐԴ, 4 Փ. 2 ՓԿՂ., Տ, 8, </x:t>
   </x:si>
   <x:si>
-    <x:t>32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԲՐՈՒՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՐԱՉԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>27-02-1984</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՊԱՌԱՎԱՔԱՐ, 3 Փ., Տ, 2, </x:t>
   </x:si>
   <x:si>
     <x:t>Տավուշ տեքստիլ, վարորդ</x:t>
   </x:si>
   <x:si>
-    <x:t>33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԴԱԼԼԱՔՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԵՆՐԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>18-11-1973</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՁՈՐ, 11 Փ., Տ, 43, </x:t>
   </x:si>
   <x:si>
-    <x:t>34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՂԱՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>11-01-1971</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՉԻՆԱՐԻ, 21 Փ. 1 ՓԿՂ., Տ, 5, </x:t>
   </x:si>
   <x:si>
-    <x:t>35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԱՐԴԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈԲԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>16-08-1972</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՁՈՐ, 5 Փ., Տ, 19, </x:t>
   </x:si>
   <x:si>
     <x:t>&lt;&lt;Հայանտառ&gt;&gt;,  անտառապահ</x:t>
   </x:si>
   <x:si>
-    <x:t>36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՍՏՂԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>15-04-1985</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՉՈՐԱԹԱՆ, 15 Փ., Տ, 9, </x:t>
   </x:si>
   <x:si>
     <x:t>Մխիթար եր. Կենտրոն, տնօրենի օգնական</x:t>
   </x:si>
   <x:si>
-    <x:t>37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱԴՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԱՎՐԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՖԵՐԴԻՆԱՆԴԻ</x:t>
   </x:si>
   <x:si>
     <x:t>31-01-1983</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՐԾՎԱԲԵՐԴ, 12 Փ., Տ, 3, </x:t>
   </x:si>
   <x:si>
     <x:t>Այգեձորի միջնակարգ դպրոց, ուսուցիչ</x:t>
   </x:si>
   <x:si>
-    <x:t>38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԽԱՉԱՏՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԹԱԹՈՒԼ</x:t>
   </x:si>
   <x:si>
     <x:t>ՅՈՒՐԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>30-05-1995</x:t>
   </x:si>
   <x:si>
     <x:t>ՏԱՎՈՒՇ ԲԵՐԴ 5 Փ. 2 ՓԿՂ. 6 Տ</x:t>
   </x:si>
   <x:si>
     <x:t>-, -</x:t>
   </x:si>
   <x:si>
-    <x:t>39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԼԻԽԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆՈՒՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՄՎԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>03-07-1985</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՆԱՎՈՒՐ, 1 Փ. 4 ՓԿՂ., Տ, 3, </x:t>
   </x:si>
   <x:si>
     <x:t>Հասփոստ, ավագ մասնագետ</x:t>
   </x:si>
   <x:si>
-    <x:t>40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՐԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍՈՒՐԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>18-11-1964</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՎԵՐԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 8 Փ., Տ, 8, </x:t>
   </x:si>
   <x:si>
-    <x:t>41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՎԱՆԵՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԵՂԱՄ</x:t>
   </x:si>
   <x:si>
     <x:t>23-07-1994</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՎԵՐԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 1 Փ., Տ, 34, </x:t>
   </x:si>
   <x:si>
-    <x:t>42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԵԼԻՆԵ</x:t>
   </x:si>
   <x:si>
     <x:t>ԿՈՄԻՏԱՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>03-06-1996</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՆԵՐՔԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 1 Փ. 6 ՓԿՂ., Տ, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>ՆԿԱ ԱՊԿ ՊՈԱԿ ,  օպերատոր</x:t>
   </x:si>
   <x:si>
-    <x:t>43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀԱՅԿ</x:t>
   </x:si>
   <x:si>
     <x:t>20-05-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ՎԱՐԴԱՆԱՆՑ Փ., Տ, 6, </x:t>
   </x:si>
   <x:si>
-    <x:t>44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՕՀԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍՊԱՐՏԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈՒԲԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>19-01-1976</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ՏԵՐՅԱՆ Փ., Տ, 39, </x:t>
   </x:si>
   <x:si>
-    <x:t>45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԼԵՎՈՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>01-12-1996</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՁՈՐ, 4 Փ. 1 ՓԿՂ., Տ, 3, </x:t>
   </x:si>
   <x:si>
-    <x:t>46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԲՈՒԴՈՒՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱԳԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>08-03-1963</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՎԵՐԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 8 Փ. 1 ՓԿՂ., Տ, 2, </x:t>
   </x:si>
   <x:si>
-    <x:t>47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՂԱՔՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՆԴՐԱՆԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՅԱԴԻ</x:t>
   </x:si>
   <x:si>
     <x:t>19-02-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՏԱՎՈՒՇ, 16 Փ. 2 ՆՐԲ., Տ, 11, </x:t>
   </x:si>
   <x:si>
-    <x:t>48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԲԱԲԱՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆԵԼԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>27-12-1980</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՊԱՐ, 1 Փ. 1 ՓԿՂ., Շ, 2, 15, </x:t>
   </x:si>
   <x:si>
     <x:t>Այգեպարի միջն. դպրոց, ուսուցչի օգնական</x:t>
   </x:si>
   <x:si>
-    <x:t>49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20-01-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ՇԻՐԱԶԻ Փ., Տ, 25, </x:t>
   </x:si>
   <x:si>
     <x:t>ԱՁ Հարություն Մելիքբեկյան, վաճառող</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
-    <x:t>50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՈՒԴՈՒՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎԱՆԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>01-05-1963</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՉՈՐԱԹԱՆ, 9 Փ., Տ, 3, </x:t>
   </x:si>
   <x:si>
-    <x:t>51</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՈՍԿԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԹԱՄԱՐ</x:t>
   </x:si>
   <x:si>
     <x:t>ՇԱՄԻՐԻ</x:t>
   </x:si>
   <x:si>
     <x:t>10-05-1990</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՐԾՎԱԲԵՐԴ, 15 Փ., Տ, 5, </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Արծվաբերդի ԱԿ, </x:t>
   </x:si>
   <x:si>
-    <x:t>52</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՄԱՃԿԱԼՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԵՐՅՈԺԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>15-04-1997</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՏԱՎՈՒՇ, 1 Փ. 11 ՆՐԲ., Տ, 3, </x:t>
   </x:si>
   <x:si>
-    <x:t>53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՊԵՏՐՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱՌՆԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>18-07-1973</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՉԻՆԱՐԻ, 21 Փ. 1 ՓԿՂ., Տ, 1, </x:t>
   </x:si>
   <x:si>
-    <x:t>54</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱՆՏՈՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՈՎԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>06-02-1998</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՏԱՎՈՒՇ, 24 Փ. 1 ՆՐԲ., Տ, 6, </x:t>
   </x:si>
   <x:si>
-    <x:t>55</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԵՐԵՄՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌՈՒԴԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎՈԼՈԴՅԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>30-10-1968</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԱՅԳԵՁՈՐ, 8 Փ., Տ, 49, </x:t>
   </x:si>
   <x:si>
-    <x:t>56</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԻՍԱՀԱԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԽԻԹԱՐ</x:t>
   </x:si>
   <x:si>
     <x:t>14-05-1993</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՉԻՆՉԻՆ, 8 Փ., Տ, 15, </x:t>
   </x:si>
   <x:si>
-    <x:t>57</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ՀԱՍՄԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>17-09-1989</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ՇԻՐԱԶԻ Փ., Տ, 44, </x:t>
   </x:si>
   <x:si>
     <x:t>Բերդի թիվ  1 հիմն դպրոց, ուսուցչուհի</x:t>
   </x:si>
   <x:si>
-    <x:t>58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17-09-1962</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՆԵՐՔԻՆ ԿԱՐՄԻՐ ԱՂԲՅՈՒՐ, 7 Փ. 1 ՆՐԲ., Տ, 7, </x:t>
   </x:si>
   <x:si>
-    <x:t>59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ԱԼԵՔՍԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԻՔԱՅԵԼ</x:t>
   </x:si>
   <x:si>
     <x:t>ՌԱՖԻԿԻ</x:t>
   </x:si>
   <x:si>
     <x:t>14-02-1995</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ՏԱՎՈՒՇ, 18 Փ., Տ, 6, </x:t>
   </x:si>
   <x:si>
     <x:t>ՖԻՆՔԱ ՈՒՎԿ ՓԲԸ , ԲԶԱՄ</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>60</x:t>
   </x:si>
   <x:si>
     <x:t>ԳՈՀԱՐ</x:t>
   </x:si>
   <x:si>
     <x:t>31-08-1992</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՏԱՎՈՒՇ, ԲԵՐԴ, ԲԵՐԴ, ԽՈՐԵՆԱՑՈՒ Փ., Շ, 27Բ, 2, </x:t>
   </x:si>
   <x:si>
     <x:t>ՔՊ գրասենյան, , օպերատոր</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="@"/>
+    <x:numFmt numFmtId="164" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="10"/>
       <x:color rgb="FF000000"/>
       <x:name val="GHEA Grapalat"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:strike/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1209,81 +1035,81 @@
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1560,2091 +1386,2007 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J70"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="40.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.710625" style="0" customWidth="1"/>
     <x:col min="9" max="10" width="30.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="B1" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:10" s="1" customFormat="1">
       <x:c r="A2" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B2" s="4" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J2" s="4" t="s"/>
+      <x:c r="B2" s="4"/>
+      <x:c r="C2" s="4"/>
+      <x:c r="D2" s="4"/>
+      <x:c r="E2" s="4"/>
+      <x:c r="F2" s="4"/>
+      <x:c r="G2" s="4"/>
+      <x:c r="H2" s="4"/>
+      <x:c r="I2" s="4"/>
+      <x:c r="J2" s="4"/>
     </x:row>
     <x:row r="3" spans="1:10" s="1" customFormat="1">
       <x:c r="A3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B3" s="1" t="s"/>
-[...7 lines deleted...]
-      <x:c r="J3" s="1" t="s"/>
     </x:row>
     <x:row r="4" spans="1:10" s="1" customFormat="1">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" s="2" customFormat="1">
-      <x:c r="A5" s="2" t="s">
+      <x:c r="A5" s="2">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B5" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="B5" s="2" t="s">
+      <x:c r="C5" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="C5" s="2" t="s">
+      <x:c r="D5" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="D5" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E5" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F5" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F5" s="2" t="s">
+      <x:c r="G5" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H5" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G5" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H5" s="2" t="s">
+      <x:c r="I5" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="I5" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J5" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:10" s="2" customFormat="1">
+      <x:c r="A6" s="2">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A6" s="2" t="s">
+      <x:c r="C6" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B6" s="2" t="s">
+      <x:c r="D6" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="C6" s="2" t="s">
+      <x:c r="E6" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F6" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="D6" s="2" t="s">
+      <x:c r="G6" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H6" s="2" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="I6" s="2" t="s"/>
       <x:c r="J6" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" s="2" customFormat="1">
-      <x:c r="A7" s="2" t="s">
+      <x:c r="A7" s="2">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C7" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D7" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="B7" s="2" t="s">
+      <x:c r="E7" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="C7" s="2" t="s">
+      <x:c r="F7" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="D7" s="2" t="s">
+      <x:c r="G7" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E7" s="2" t="s">
+      <x:c r="H7" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="F7" s="2" t="s">
+      <x:c r="I7" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="G7" s="2" t="s">
+      <x:c r="J7" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:10" s="2" customFormat="1">
+      <x:c r="A8" s="2">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="H7" s="2" t="s">
+      <x:c r="C8" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="I7" s="2" t="s">
+      <x:c r="D8" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="J7" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A8" s="2" t="s">
+      <x:c r="E8" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="B8" s="2" t="s">
+      <x:c r="G8" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H8" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C8" s="2" t="s">
+      <x:c r="I8" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D8" s="2" t="s">
+      <x:c r="J8" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:10" s="3" customFormat="1">
+      <x:c r="A9" s="3">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E8" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F8" s="2" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G8" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H8" s="2" t="s">
+      <x:c r="D9" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="I8" s="2" t="s">
+      <x:c r="E9" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="J8" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A9" s="3" t="s">
+      <x:c r="G9" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="I9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="s">
+      <x:c r="J9" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="D9" s="3" t="s">
+    </x:row>
+    <x:row r="10" spans="1:10" s="2" customFormat="1">
+      <x:c r="A10" s="2">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="E9" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="F9" s="3" t="s">
+      <x:c r="C10" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="G9" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="3" t="s">
+      <x:c r="D10" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="I9" s="3" t="s">
+      <x:c r="E10" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F10" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="J9" s="3" t="s">
+      <x:c r="G10" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H10" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="I10" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J10" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:10" s="3" customFormat="1">
+      <x:c r="A11" s="3">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:10" s="3" customFormat="1">
+      <x:c r="A12" s="3">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:10" s="2" customFormat="1">
+      <x:c r="A13" s="2">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B13" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C13" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D13" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E13" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F13" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G13" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H13" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="I13" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J13" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:10" s="2" customFormat="1">
+      <x:c r="A14" s="2">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B14" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C14" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D14" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E14" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F14" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G14" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H14" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I14" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J14" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:10" s="2" customFormat="1">
+      <x:c r="A15" s="2">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B15" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C15" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D15" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E15" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F15" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G15" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H15" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="I15" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J15" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:10" s="2" customFormat="1">
+      <x:c r="A16" s="2">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B16" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C16" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D16" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E16" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F16" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G16" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H16" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="I16" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="J16" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:10" s="2" customFormat="1">
+      <x:c r="A17" s="2">
         <x:v>13</x:v>
       </x:c>
-    </x:row>
-[...65 lines deleted...]
-      <x:c r="A12" s="3" t="s">
+      <x:c r="B17" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C17" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D17" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E17" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F17" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G17" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H17" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="I17" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
-[...127 lines deleted...]
-      <x:c r="B16" s="2" t="s">
+      <x:c r="J17" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:10" s="2" customFormat="1">
+      <x:c r="A18" s="2">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B18" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C16" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="D16" s="2" t="s">
+      <x:c r="C18" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E16" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F16" s="2" t="s">
+      <x:c r="D18" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="G16" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="2" t="s">
+      <x:c r="E18" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F18" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="I16" s="2" t="s">
+      <x:c r="G18" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H18" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="J16" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A17" s="2" t="s">
+      <x:c r="I18" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B17" s="2" t="s">
+      <x:c r="J18" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:10" s="2" customFormat="1">
+      <x:c r="A19" s="2">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B19" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C17" s="2" t="s">
+      <x:c r="C19" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D17" s="2" t="s">
+      <x:c r="D19" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E17" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F17" s="2" t="s">
+      <x:c r="E19" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F19" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="G17" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="2" t="s">
+      <x:c r="G19" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H19" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="I17" s="2" t="s">
-[...7 lines deleted...]
-      <x:c r="A18" s="2" t="s">
+      <x:c r="I19" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="B18" s="2" t="s">
+      <x:c r="J19" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:10" s="2" customFormat="1">
+      <x:c r="A20" s="2">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B20" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C18" s="2" t="s">
+      <x:c r="C20" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D18" s="2" t="s">
+      <x:c r="D20" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="E18" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F18" s="2" t="s">
+      <x:c r="E20" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F20" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="G18" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="2" t="s">
+      <x:c r="G20" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H20" s="2" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I20" s="2" t="s"/>
       <x:c r="J20" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" s="2" customFormat="1">
-      <x:c r="A21" s="2" t="s">
-        <x:v>123</x:v>
+      <x:c r="A21" s="2">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C21" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D21" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E21" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F21" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G21" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H21" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I21" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J21" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" s="2" customFormat="1">
-      <x:c r="A22" s="2" t="s">
-        <x:v>130</x:v>
+      <x:c r="A22" s="2">
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C22" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E22" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F22" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I22" s="2" t="s"/>
       <x:c r="J22" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" s="2" customFormat="1">
-      <x:c r="A23" s="2" t="s">
-        <x:v>136</x:v>
+      <x:c r="A23" s="2">
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C23" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D23" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E23" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F23" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G23" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H23" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I23" s="2" t="s"/>
       <x:c r="J23" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:10" s="2" customFormat="1">
+      <x:c r="A24" s="2">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B24" s="2" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C24" s="2" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D24" s="2" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E24" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F24" s="2" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="G24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H24" s="2" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="I24" s="2" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="J24" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:10" s="2" customFormat="1">
+      <x:c r="A25" s="2">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A24" s="2" t="s">
+      <x:c r="B25" s="2" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C25" s="2" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D25" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E25" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F25" s="2" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="G25" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H25" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I25" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J25" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:10" s="2" customFormat="1">
+      <x:c r="A26" s="2">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B26" s="2" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C26" s="2" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D26" s="2" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E26" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F26" s="2" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="G26" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H26" s="2" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="I26" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J26" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:10" s="2" customFormat="1">
+      <x:c r="A27" s="2">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B27" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="B24" s="2" t="s">
+      <x:c r="C27" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C24" s="2" t="s">
+      <x:c r="D27" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D24" s="2" t="s">
+      <x:c r="E27" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F27" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E24" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F24" s="2" t="s">
+      <x:c r="G27" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H27" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="G24" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="2" t="s">
+      <x:c r="I27" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="I24" s="2" t="s">
+      <x:c r="J27" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:10" s="2" customFormat="1">
+      <x:c r="A28" s="2">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B28" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="J24" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A25" s="2" t="s">
+      <x:c r="C28" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B25" s="2" t="s">
+      <x:c r="D28" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C25" s="2" t="s">
+      <x:c r="E28" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F28" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D25" s="2" t="s">
+      <x:c r="G28" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H28" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E25" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F25" s="2" t="s">
+      <x:c r="I28" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="G25" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="2" t="s">
+      <x:c r="J28" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:10" s="2" customFormat="1">
+      <x:c r="A29" s="2">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B29" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="I25" s="2" t="s">
+      <x:c r="C29" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="J25" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A26" s="2" t="s">
+      <x:c r="D29" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E29" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F29" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="B26" s="2" t="s">
+      <x:c r="G29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H29" s="2" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...112 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="I29" s="2" t="s"/>
       <x:c r="J29" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" s="2" customFormat="1">
-      <x:c r="A30" s="2" t="s">
-        <x:v>181</x:v>
+      <x:c r="A30" s="2">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G30" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H30" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I30" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J30" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" s="2" customFormat="1">
-      <x:c r="A31" s="2" t="s">
-        <x:v>187</x:v>
+      <x:c r="A31" s="2">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s"/>
       <x:c r="J31" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" s="2" customFormat="1">
-      <x:c r="A32" s="2" t="s">
-        <x:v>193</x:v>
+      <x:c r="A32" s="2">
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C32" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D32" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E32" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F32" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H32" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I32" s="2" t="s"/>
       <x:c r="J32" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" s="2" customFormat="1">
-      <x:c r="A33" s="2" t="s">
-        <x:v>199</x:v>
+      <x:c r="A33" s="2">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J33" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" s="2" customFormat="1">
-      <x:c r="A34" s="2" t="s">
-        <x:v>206</x:v>
+      <x:c r="A34" s="2">
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C34" s="2" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D34" s="2" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E34" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F34" s="2" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="G34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H34" s="2" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="I34" s="2" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="J34" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:10" s="2" customFormat="1">
+      <x:c r="A35" s="2">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B35" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C34" s="2" t="s">
-[...30 lines deleted...]
-      </x:c>
       <x:c r="C35" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D35" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E35" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F35" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H35" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I35" s="2" t="s"/>
       <x:c r="J35" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" s="2" customFormat="1">
-      <x:c r="A36" s="2" t="s">
-        <x:v>216</x:v>
+      <x:c r="A36" s="2">
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B36" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C36" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D36" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E36" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F36" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G36" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H36" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I36" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J36" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" s="2" customFormat="1">
-      <x:c r="A37" s="2" t="s">
-        <x:v>223</x:v>
+      <x:c r="A37" s="2">
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C37" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D37" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E37" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F37" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G37" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H37" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I37" s="2" t="s"/>
       <x:c r="J37" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" s="2" customFormat="1">
-      <x:c r="A38" s="2" t="s">
+      <x:c r="A38" s="2">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B38" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C38" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D38" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E38" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F38" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="G38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H38" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="I38" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J38" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:10" s="2" customFormat="1">
+      <x:c r="A39" s="2">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B39" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C39" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D39" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E39" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F39" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="G39" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H39" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I39" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="J39" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:10" s="2" customFormat="1">
+      <x:c r="A40" s="2">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B40" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C40" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D40" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E40" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F40" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="G40" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H40" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="I40" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="J40" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:10" s="2" customFormat="1">
+      <x:c r="A41" s="2">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B41" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C41" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D41" s="2" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E41" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F41" s="2" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="G41" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H41" s="2" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="I41" s="2" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="J41" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:10" s="2" customFormat="1">
+      <x:c r="A42" s="2">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B42" s="2" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C42" s="2" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D42" s="2" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E42" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F42" s="2" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H42" s="2" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="I42" s="2" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="J42" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:10" s="2" customFormat="1">
+      <x:c r="A43" s="2">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B43" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C43" s="2" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D43" s="2" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E43" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F43" s="2" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="G43" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H43" s="2" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="I43" s="2" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="J43" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:10" s="2" customFormat="1">
+      <x:c r="A44" s="2">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B44" s="2" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C44" s="2" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D44" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="B38" s="2" t="s">
+      <x:c r="E44" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F44" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C38" s="2" t="s">
-[...8 lines deleted...]
-      <x:c r="F38" s="2" t="s">
+      <x:c r="G44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H44" s="2" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...196 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
       <x:c r="I44" s="2" t="s"/>
       <x:c r="J44" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" s="2" customFormat="1">
-      <x:c r="A45" s="2" t="s">
-        <x:v>269</x:v>
+      <x:c r="A45" s="2">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
-        <x:v>159</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I45" s="2" t="s"/>
       <x:c r="J45" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" s="2" customFormat="1">
-      <x:c r="A46" s="2" t="s">
-        <x:v>274</x:v>
+      <x:c r="A46" s="2">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="2" t="s">
-        <x:v>251</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C46" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D46" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E46" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F46" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G46" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H46" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I46" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J46" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" s="2" customFormat="1">
-      <x:c r="A47" s="2" t="s">
-        <x:v>280</x:v>
+      <x:c r="A47" s="2">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B47" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C47" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D47" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E47" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F47" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G47" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H47" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I47" s="2" t="s"/>
       <x:c r="J47" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" s="2" customFormat="1">
-      <x:c r="A48" s="2" t="s">
-        <x:v>284</x:v>
+      <x:c r="A48" s="2">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C48" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D48" s="2" t="s">
-        <x:v>287</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E48" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F48" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G48" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H48" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I48" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J48" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" s="2" customFormat="1">
-      <x:c r="A49" s="2" t="s">
-        <x:v>290</x:v>
+      <x:c r="A49" s="2">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C49" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D49" s="2" t="s">
-        <x:v>291</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E49" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F49" s="2" t="s">
-        <x:v>292</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G49" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H49" s="2" t="s">
-        <x:v>293</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I49" s="2" t="s"/>
       <x:c r="J49" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" s="2" customFormat="1">
-      <x:c r="A50" s="2" t="s">
-        <x:v>294</x:v>
+      <x:c r="A50" s="2">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="2" t="s">
-        <x:v>295</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C50" s="2" t="s">
-        <x:v>296</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D50" s="2" t="s">
-        <x:v>287</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E50" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F50" s="2" t="s">
-        <x:v>297</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G50" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H50" s="2" t="s">
-        <x:v>298</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I50" s="2" t="s"/>
       <x:c r="J50" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" s="2" customFormat="1">
-      <x:c r="A51" s="2" t="s">
-        <x:v>299</x:v>
+      <x:c r="A51" s="2">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C51" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D51" s="2" t="s">
-        <x:v>302</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E51" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F51" s="2" t="s">
-        <x:v>303</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G51" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H51" s="2" t="s">
-        <x:v>304</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I51" s="2" t="s"/>
       <x:c r="J51" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" s="2" customFormat="1">
-      <x:c r="A52" s="2" t="s">
-        <x:v>305</x:v>
+      <x:c r="A52" s="2">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="2" t="s">
-        <x:v>306</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C52" s="2" t="s">
-        <x:v>307</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D52" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E52" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F52" s="2" t="s">
-        <x:v>308</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G52" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H52" s="2" t="s">
-        <x:v>309</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I52" s="2" t="s">
-        <x:v>310</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J52" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" s="3" customFormat="1">
-      <x:c r="A53" s="3" t="s">
-        <x:v>311</x:v>
+      <x:c r="A53" s="3">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
-        <x:v>260</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F53" s="3" t="s">
-        <x:v>312</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H53" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I53" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J53" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" s="2" customFormat="1">
-      <x:c r="A54" s="2" t="s">
-        <x:v>316</x:v>
+      <x:c r="A54" s="2">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="2" t="s">
-        <x:v>317</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C54" s="2" t="s">
-        <x:v>318</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D54" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E54" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F54" s="2" t="s">
-        <x:v>319</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G54" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H54" s="2" t="s">
-        <x:v>320</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I54" s="2" t="s"/>
       <x:c r="J54" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" s="2" customFormat="1">
-      <x:c r="A55" s="2" t="s">
-        <x:v>321</x:v>
+      <x:c r="A55" s="2">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
-        <x:v>322</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
-        <x:v>323</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
-        <x:v>325</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H55" s="2" t="s">
-        <x:v>326</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I55" s="2" t="s">
-        <x:v>327</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J55" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" s="3" customFormat="1">
-      <x:c r="A56" s="3" t="s">
-        <x:v>328</x:v>
+      <x:c r="A56" s="3">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>329</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D56" s="3" t="s">
-        <x:v>330</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E56" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F56" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H56" s="3" t="s">
-        <x:v>332</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I56" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J56" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" s="2" customFormat="1">
-      <x:c r="A57" s="2" t="s">
-        <x:v>333</x:v>
+      <x:c r="A57" s="2">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="2" t="s">
-        <x:v>334</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C57" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D57" s="2" t="s">
-        <x:v>335</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E57" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F57" s="2" t="s">
-        <x:v>336</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G57" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H57" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I57" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J57" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" s="2" customFormat="1">
-      <x:c r="A58" s="2" t="s">
-        <x:v>338</x:v>
+      <x:c r="A58" s="2">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="2" t="s">
-        <x:v>339</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C58" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D58" s="2" t="s">
-        <x:v>340</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E58" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F58" s="2" t="s">
-        <x:v>341</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H58" s="2" t="s">
-        <x:v>342</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I58" s="2" t="s"/>
       <x:c r="J58" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" s="2" customFormat="1">
-      <x:c r="A59" s="2" t="s">
-        <x:v>343</x:v>
+      <x:c r="A59" s="2">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B59" s="2" t="s">
-        <x:v>344</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C59" s="2" t="s">
-        <x:v>345</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
-        <x:v>346</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E59" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F59" s="2" t="s">
-        <x:v>347</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H59" s="2" t="s">
-        <x:v>348</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I59" s="2" t="s"/>
       <x:c r="J59" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" s="2" customFormat="1">
-      <x:c r="A60" s="2" t="s">
-        <x:v>349</x:v>
+      <x:c r="A60" s="2">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
-        <x:v>350</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
-        <x:v>351</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s"/>
       <x:c r="J60" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" s="2" customFormat="1">
-      <x:c r="A61" s="2" t="s">
-        <x:v>354</x:v>
+      <x:c r="A61" s="2">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B61" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C61" s="2" t="s">
-        <x:v>355</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D61" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E61" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F61" s="2" t="s">
-        <x:v>356</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H61" s="2" t="s">
-        <x:v>357</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I61" s="2" t="s">
-        <x:v>358</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J61" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" s="2" customFormat="1">
-      <x:c r="A62" s="2" t="s">
-        <x:v>359</x:v>
+      <x:c r="A62" s="2">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B62" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C62" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D62" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E62" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F62" s="2" t="s">
-        <x:v>360</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G62" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H62" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I62" s="2" t="s"/>
       <x:c r="J62" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" s="2" customFormat="1">
-      <x:c r="A63" s="2" t="s">
-        <x:v>362</x:v>
+      <x:c r="A63" s="2">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B63" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C63" s="2" t="s">
-        <x:v>364</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D63" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E63" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F63" s="2" t="s">
-        <x:v>366</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G63" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H63" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I63" s="2" t="s">
-        <x:v>368</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J63" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" s="2" customFormat="1">
-      <x:c r="A64" s="2" t="s">
-        <x:v>369</x:v>
+      <x:c r="A64" s="2">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B64" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C64" s="2" t="s">
-        <x:v>370</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D64" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E64" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F64" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H64" s="2" t="s">
-        <x:v>372</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I64" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J64" s="2" t="s">
-        <x:v>21</x:v>
-[...73 lines deleted...]
-    </x:row>
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="66" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="67" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="68" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="69" spans="1:10" s="2" customFormat="1"/>
+    <x:row r="70" spans="1:10" s="2" customFormat="1"/>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="landscape" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>Թեկնածուներ</vt:lpstr>
+      <vt:lpstr>Թեկնածուներ!Print_Area</vt:lpstr>
+      <vt:lpstr>Թեկնածուներ!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
-  <ap:TitlesOfParts>
-[...5 lines deleted...]
-  </ap:TitlesOfParts>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>