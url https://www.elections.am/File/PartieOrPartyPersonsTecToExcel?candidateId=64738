--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6155cde5c814757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f441e5af979f452da829d84b82b6744f.psmdcp" Id="R41eb00324425415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaffc96cddf949a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e50d6fcfc944ab6b3b5d8fb1c0bb0db.psmdcp" Id="R32155d0d33d4401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="302">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՄԻԱՍՆՈՒԹՅՈՒՆ» ԴԱՇԻՆՔ</x:t>
   </x:si>
   <x:si>