--- v1 (2025-12-02)
+++ v2 (2026-01-31)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaffc96cddf949a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e50d6fcfc944ab6b3b5d8fb1c0bb0db.psmdcp" Id="R32155d0d33d4401d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93afd18ea05947e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e183ab0c1f04991be2949c633460ec0.psmdcp" Id="Rca75484b0fdf4349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="302">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="305">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>«ՄԻԱՍՆՈՒԹՅՈՒՆ» ԴԱՇԻՆՔ</x:t>
   </x:si>
   <x:si>
     <x:t>25.09.2022 Կոտայք-Բյուրեղավան</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
@@ -145,50 +145,53 @@
   <x:si>
     <x:t>Բյուրեղավանի մանկապատանեկան մարզադպրոց, մարզիչ-մանկավարժ</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>ՊԻՃԻԿՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԷԴԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՈՎՀԱՆՆԵՍԻ</x:t>
   </x:si>
   <x:si>
     <x:t>17-08-1977</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲՅՈՒՐԵՂԱՎԱՆ, ԲՅՈՒՐԵՂԱՎԱՆ, ՎԱԶԳԵՆ ՍԱՐԳՍՅԱՆ Փ., Շ, 26, 22, </x:t>
   </x:si>
   <x:si>
     <x:t>Բեկոն պրոդուկտ ՍՊԸ, Թիմի ղեկավար</x:t>
   </x:si>
   <x:si>
+    <x:t>Արձ 1, 13.01.2026թ․</x:t>
+  </x:si>
+  <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՅՐԱՊԵՏՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՄԵՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԵՎՈՐԳԻ</x:t>
   </x:si>
   <x:si>
     <x:t>18-07-1999</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲՅՈՒՐԵՂԱՎԱՆ, ՋՐԱԲԵՐ, 1 Փ., Տ, 33, </x:t>
   </x:si>
   <x:si>
     <x:t>Արձ 4 - 02․07․2024թ․</x:t>
   </x:si>
   <x:si>
     <x:t>6</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԿՐՏՉՅԱՆ</x:t>
@@ -457,90 +460,96 @@
   <x:si>
     <x:t>17-01-1991</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲՅՈՒՐԵՂԱՎԱՆ, ԲՅՈՒՐԵՂԱՎԱՆ, ԶՈՐԱՎԱՐ ԱՆԴՐԱՆԻԿԻ Փ., Շ, 32, 40, </x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
     <x:t>ՊՈՂՈՍՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՇՈՏ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՄԼԵՏԻ</x:t>
   </x:si>
   <x:si>
     <x:t>02-11-1999</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲՅՈՒՐԵՂԱՎԱՆ, ԲՅՈՒՐԵՂԱՎԱՆ, ՎԱԶԳԵՆ Ա ՎԵՀԱՓԱՌԻ Փ., Շ, 9, 19, </x:t>
   </x:si>
   <x:si>
+    <x:t>2-Ա 13․01․2026թ․</x:t>
+  </x:si>
+  <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
     <x:t>ԱԼԵՔՍԱՆՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍՈՒՍԱՆՆԱ</x:t>
   </x:si>
   <x:si>
     <x:t>ՎՈԼՈԴՅԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>03-11-1963</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲՅՈՒՐԵՂԱՎԱՆ, ԲՅՈՒՐԵՂԱՎԱՆ, ԿՈՏԱՅՔԻ Փ., Շ, 35, 14, </x:t>
   </x:si>
   <x:si>
     <x:t>Բյուրեղավանի &lt;Անդրանիկ Պետրոսյանի&gt; անվան պոլիկլինիկա, գանձապահ</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
     <x:t>ԽԱՉԱՏՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԻՔԱՅԵԼ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼԵՎՈՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>11-11-1998</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲՅՈՒՐԵՂԱՎԱՆ, ԲՅՈՒՐԵՂԱՎԱՆ, ՎԱԶԳԵՆ Ա ՎԵՀԱՓԱՌԻ Փ., Շ, 13, 24, </x:t>
   </x:si>
   <x:si>
     <x:t>Բյուրեղավանի մարզամշակութային կենտրոն, գեղմասվար</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Ա 13․01․2026թ․</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
     <x:t>ԲԱՂԴԱՍԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՊԱՊ</x:t>
   </x:si>
   <x:si>
     <x:t>14-05-2004</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ԿՈՏԱՅՔ, ԲՅՈՒՐԵՂԱՎԱՆ, ԲՅՈՒՐԵՂԱՎԱՆ, ԵՐԻՏԱՍԱՐԴԱԿԱՆ Փ., Տ, 34, </x:t>
   </x:si>
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
     <x:t>ԶԱՔԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆԱՐԻՆԵ</x:t>
   </x:si>
@@ -1508,1366 +1517,1366 @@
       <x:c r="C7" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F7" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G7" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I7" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J7" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:10" s="2" customFormat="1">
-      <x:c r="A8" s="2" t="s">
+    <x:row r="8" spans="1:10" s="3" customFormat="1">
+      <x:c r="A8" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="B8" s="2" t="s">
+      <x:c r="B8" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C8" s="2" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="D8" s="2" t="s">
+      <x:c r="D8" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="E8" s="2" t="s">
+      <x:c r="E8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F8" s="2" t="s">
+      <x:c r="F8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G8" s="2" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="H8" s="2" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="I8" s="2" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="J8" s="2" t="s">
-        <x:v>22</x:v>
+      <x:c r="J8" s="3" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" s="3" customFormat="1">
       <x:c r="A9" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s"/>
       <x:c r="J9" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" s="3" customFormat="1">
       <x:c r="A10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" s="2" customFormat="1">
       <x:c r="A11" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E11" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F11" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H11" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" s="3" customFormat="1">
       <x:c r="A12" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s"/>
       <x:c r="J12" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" s="3" customFormat="1">
       <x:c r="A13" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J13" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" s="3" customFormat="1">
       <x:c r="A14" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J14" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" s="3" customFormat="1">
       <x:c r="A15" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J15" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" s="3" customFormat="1">
       <x:c r="A16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" s="2" customFormat="1">
       <x:c r="A17" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D17" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F17" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G17" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H17" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I17" s="2" t="s"/>
       <x:c r="J17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" s="3" customFormat="1">
       <x:c r="A18" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s"/>
       <x:c r="J18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" s="3" customFormat="1">
       <x:c r="A19" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s"/>
       <x:c r="J19" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" s="3" customFormat="1">
       <x:c r="A20" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F20" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J20" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" s="3" customFormat="1">
       <x:c r="A21" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F21" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J21" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" s="3" customFormat="1">
       <x:c r="A22" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F22" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H22" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I22" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J22" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" s="2" customFormat="1">
       <x:c r="A23" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C23" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D23" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E23" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F23" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G23" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H23" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I23" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:10" s="2" customFormat="1">
-[...3 lines deleted...]
-      <x:c r="B24" s="2" t="s">
+    <x:row r="24" spans="1:10" s="3" customFormat="1">
+      <x:c r="A24" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C24" s="2" t="s">
+      <x:c r="B24" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D24" s="2" t="s">
+      <x:c r="C24" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E24" s="2" t="s">
+      <x:c r="D24" s="3" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F24" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="2" t="s">
+      <x:c r="F24" s="3" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="H24" s="2" t="s">
-[...4 lines deleted...]
-        <x:v>22</x:v>
+      <x:c r="H24" s="3" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="I24" s="3" t="s"/>
+      <x:c r="J24" s="3" t="s">
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" s="3" customFormat="1">
       <x:c r="A25" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H25" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I25" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J25" s="3" t="s">
-        <x:v>80</x:v>
-[...9 lines deleted...]
-      <x:c r="C26" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:10" s="3" customFormat="1">
+      <x:c r="A26" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D26" s="2" t="s">
+      <x:c r="B26" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E26" s="2" t="s">
+      <x:c r="C26" s="3" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F26" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="2" t="s">
+      <x:c r="F26" s="3" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="H26" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>22</x:v>
+      <x:c r="H26" s="3" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="I26" s="3" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="J26" s="3" t="s">
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" s="2" customFormat="1">
       <x:c r="A27" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B27" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C27" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D27" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E27" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F27" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G27" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H27" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I27" s="2" t="s"/>
       <x:c r="J27" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" s="3" customFormat="1">
       <x:c r="A28" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F28" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H28" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I28" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J28" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" s="3" customFormat="1">
       <x:c r="A29" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F29" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H29" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I29" s="3" t="s"/>
       <x:c r="J29" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" s="2" customFormat="1">
       <x:c r="A30" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H30" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I30" s="2" t="s"/>
       <x:c r="J30" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" s="3" customFormat="1">
       <x:c r="A31" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J31" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" s="2" customFormat="1">
       <x:c r="A32" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C32" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D32" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E32" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G32" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H32" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J32" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" s="2" customFormat="1">
       <x:c r="A33" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s"/>
       <x:c r="J33" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" s="3" customFormat="1">
       <x:c r="A34" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F34" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H34" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I34" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J34" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" s="2" customFormat="1">
       <x:c r="A35" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B35" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C35" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D35" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E35" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F35" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G35" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H35" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I35" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J35" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" s="3" customFormat="1">
       <x:c r="A36" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F36" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H36" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I36" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J36" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" s="3" customFormat="1">
       <x:c r="A37" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J37" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" s="2" customFormat="1">
       <x:c r="A38" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B38" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C38" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D38" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E38" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F38" s="2" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G38" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H38" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I38" s="2" t="s"/>
       <x:c r="J38" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" s="2" customFormat="1">
       <x:c r="A39" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B39" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C39" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D39" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E39" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F39" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G39" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H39" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I39" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J39" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" s="3" customFormat="1">
       <x:c r="A40" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F40" s="3" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H40" s="3" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I40" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J40" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" s="2" customFormat="1">
       <x:c r="A41" s="2" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B41" s="2" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C41" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D41" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E41" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F41" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G41" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H41" s="2" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I41" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J41" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" s="2" customFormat="1">
       <x:c r="A42" s="2" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C42" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D42" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E42" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F42" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G42" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H42" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I42" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J42" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" s="3" customFormat="1">
       <x:c r="A43" s="3" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F43" s="3" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H43" s="3" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I43" s="3" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J43" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" s="3" customFormat="1">
       <x:c r="A44" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F44" s="3" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H44" s="3" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I44" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J44" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" s="2" customFormat="1">
       <x:c r="A45" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I45" s="2" t="s"/>
       <x:c r="J45" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" s="3" customFormat="1">
       <x:c r="A46" s="3" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F46" s="3" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H46" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I46" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J46" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" s="3" customFormat="1">
       <x:c r="A47" s="3" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F47" s="3" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H47" s="3" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I47" s="3" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J47" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" s="3" customFormat="1">
       <x:c r="A48" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F48" s="3" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H48" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I48" s="3" t="s"/>
       <x:c r="J48" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" s="3" customFormat="1">
       <x:c r="A49" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F49" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H49" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I49" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J49" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" s="2" customFormat="1">
       <x:c r="A50" s="2" t="s"/>
       <x:c r="B50" s="2" t="s"/>
       <x:c r="C50" s="2" t="s"/>
       <x:c r="D50" s="2" t="s"/>
       <x:c r="E50" s="2" t="s"/>
       <x:c r="F50" s="2" t="s"/>
       <x:c r="G50" s="2" t="s"/>
       <x:c r="H50" s="2" t="s"/>
       <x:c r="I50" s="2" t="s"/>
       <x:c r="J50" s="2" t="s"/>
     </x:row>
     <x:row r="51" spans="1:10" s="2" customFormat="1">
       <x:c r="A51" s="2" t="s"/>
       <x:c r="B51" s="2" t="s"/>
       <x:c r="C51" s="2" t="s"/>
       <x:c r="D51" s="2" t="s"/>
       <x:c r="E51" s="2" t="s"/>
       <x:c r="F51" s="2" t="s"/>
       <x:c r="G51" s="2" t="s"/>
       <x:c r="H51" s="2" t="s"/>
       <x:c r="I51" s="2" t="s"/>
       <x:c r="J51" s="2" t="s"/>