--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf0fbebe17a4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f580d82dae954a8db1e8775093ccb3a8.psmdcp" Id="R693571c2234e4550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091e572d4a9144e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3104ccfec87c425d9a54cea6c1da9372.psmdcp" Id="Rab2e63db828c410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="609" uniqueCount="609">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="610" uniqueCount="610">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>1. «ՔԱՂԱՔԱՑԻԱԿԱՆ ՊԱՅՄԱՆԱԳԻՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t>30.03.2025 Շիրակ - Գյումրի</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
@@ -1580,50 +1580,53 @@
     <x:t>ԷԴՄՈՆԴ</x:t>
   </x:si>
   <x:si>
     <x:t>ՇԱՀԵՆԻ</x:t>
   </x:si>
   <x:si>
     <x:t>25-07-1985</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՇԻՐԱԿ, ԳՅՈՒՄՐԻ, ՏՆԱԿ, ՏՆԱԿ, 224/212, </x:t>
   </x:si>
   <x:si>
     <x:t>«Սոֆոն» ՍՊԸ, մատակարարման պատասխանատու</x:t>
   </x:si>
   <x:si>
     <x:t>83</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՄԱՅԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՇԻՐԱԿ, ԳՅՈՒՄՐԻ, ԱՆԻ ԹՂՄ. 13 Փ., Շ, 11Ա, 11, </x:t>
   </x:si>
   <x:si>
     <x:t>Գյումրու   համայնքապետարան, անշարժ գույքի կառավարման 1-ին կարգի մասնագետ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26-Ա</x:t>
   </x:si>
   <x:si>
     <x:t>84</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱԿՈԲԻ</x:t>
   </x:si>
   <x:si>
     <x:t>24-09-1993</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՇԻՐԱԿ, ԳՅՈՒՄՐԻ, Վ. ԽԱՉԱՏՐՅԱՆ Փ., Տ, 3/2, </x:t>
   </x:si>
   <x:si>
     <x:t>Շիրակի մարզպետի աշխատակազմ, քաղաքաշինության, վարչության գլխավոր մասնագետ</x:t>
   </x:si>
   <x:si>
     <x:t>85</x:t>
   </x:si>
   <x:si>
     <x:t>ԳԱՍՊԱՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԽԱՉԱՏՈՒՐ</x:t>
   </x:si>
@@ -4959,589 +4962,589 @@
       <x:c r="C86" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="D86" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="E86" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F86" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="G86" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H86" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I86" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="J86" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:10" s="2" customFormat="1">
-      <x:c r="A87" s="2" t="s">
+    <x:row r="87" spans="1:10" s="3" customFormat="1">
+      <x:c r="A87" s="3" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="B87" s="2" t="s">
+      <x:c r="B87" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C87" s="2" t="s">
+      <x:c r="C87" s="3" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="D87" s="2" t="s">
+      <x:c r="D87" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="E87" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="F87" s="2" t="s">
+      <x:c r="E87" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F87" s="3" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="G87" s="2" t="s">
+      <x:c r="G87" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="H87" s="2" t="s">
+      <x:c r="H87" s="3" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="I87" s="2" t="s">
+      <x:c r="I87" s="3" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="J87" s="2" t="s">
-        <x:v>22</x:v>
+      <x:c r="J87" s="3" t="s">
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" s="2" customFormat="1">
       <x:c r="A88" s="2" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B88" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C88" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D88" s="2" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E88" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F88" s="2" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="G88" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H88" s="2" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I88" s="2" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="J88" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" s="2" customFormat="1">
       <x:c r="A89" s="2" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B89" s="2" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C89" s="2" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D89" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E89" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F89" s="2" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="G89" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H89" s="2" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I89" s="2" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="J89" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" s="2" customFormat="1">
       <x:c r="A90" s="2" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B90" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C90" s="2" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D90" s="2" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E90" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F90" s="2" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G90" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H90" s="2" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J90" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" s="2" customFormat="1">
       <x:c r="A91" s="2" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B91" s="2" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C91" s="2" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D91" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E91" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F91" s="2" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G91" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H91" s="2" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I91" s="2" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J91" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" s="2" customFormat="1">
       <x:c r="A92" s="2" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B92" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C92" s="2" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D92" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E92" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F92" s="2" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="G92" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H92" s="2" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I92" s="2" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="J92" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" s="2" customFormat="1">
       <x:c r="A93" s="2" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B93" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C93" s="2" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D93" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E93" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F93" s="2" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="G93" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H93" s="2" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I93" s="2" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="J93" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" s="2" customFormat="1">
       <x:c r="A94" s="2" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B94" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C94" s="2" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D94" s="2" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E94" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F94" s="2" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G94" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H94" s="2" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I94" s="2" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J94" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" s="2" customFormat="1">
       <x:c r="A95" s="2" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B95" s="2" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C95" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D95" s="2" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E95" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F95" s="2" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G95" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H95" s="2" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I95" s="2" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="J95" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" s="2" customFormat="1">
       <x:c r="A96" s="2" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B96" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C96" s="2" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D96" s="2" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E96" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F96" s="2" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G96" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H96" s="2" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="I96" s="2" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="J96" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" s="2" customFormat="1">
       <x:c r="A97" s="2" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B97" s="2" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C97" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D97" s="2" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E97" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F97" s="2" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G97" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H97" s="2" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I97" s="2" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="J97" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" s="2" customFormat="1">
       <x:c r="A98" s="2" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B98" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C98" s="2" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D98" s="2" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E98" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F98" s="2" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G98" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H98" s="2" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I98" s="2" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J98" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" s="2" customFormat="1">
       <x:c r="A99" s="2" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B99" s="2" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C99" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D99" s="2" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E99" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F99" s="2" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="G99" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H99" s="2" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I99" s="2" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="J99" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" s="2" customFormat="1">
       <x:c r="A100" s="2" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B100" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C100" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D100" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E100" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F100" s="2" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G100" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H100" s="2" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I100" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J100" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" s="2" customFormat="1">
       <x:c r="A101" s="2" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B101" s="2" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C101" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D101" s="2" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E101" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F101" s="2" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G101" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H101" s="2" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="I101" s="2" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="J101" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" s="2" customFormat="1">
       <x:c r="A102" s="2" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B102" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C102" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D102" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="E102" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F102" s="2" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G102" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H102" s="2" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="I102" s="2" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="J102" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" s="2" customFormat="1">
       <x:c r="A103" s="2" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B103" s="2" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C103" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D103" s="2" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E103" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F103" s="2" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="G103" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H103" s="2" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="I103" s="2" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="J103" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" s="2" customFormat="1">
       <x:c r="A104" s="2" t="s"/>
       <x:c r="B104" s="2" t="s"/>
       <x:c r="C104" s="2" t="s"/>
       <x:c r="D104" s="2" t="s"/>
       <x:c r="E104" s="2" t="s"/>
       <x:c r="F104" s="2" t="s"/>
       <x:c r="G104" s="2" t="s"/>
       <x:c r="H104" s="2" t="s"/>
       <x:c r="I104" s="2" t="s"/>
       <x:c r="J104" s="2" t="s"/>
     </x:row>
     <x:row r="105" spans="1:10" s="2" customFormat="1">
       <x:c r="A105" s="2" t="s"/>
       <x:c r="B105" s="2" t="s"/>
       <x:c r="C105" s="2" t="s"/>
       <x:c r="D105" s="2" t="s"/>
       <x:c r="E105" s="2" t="s"/>
       <x:c r="F105" s="2" t="s"/>
       <x:c r="G105" s="2" t="s"/>