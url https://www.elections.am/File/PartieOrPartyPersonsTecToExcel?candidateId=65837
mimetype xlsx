--- v1 (2025-12-11)
+++ v2 (2026-02-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091e572d4a9144e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3104ccfec87c425d9a54cea6c1da9372.psmdcp" Id="Rab2e63db828c410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d431d445057494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5910ab180d9840128474079297ff9683.psmdcp" Id="R8a14fe3d94ab4445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="610" uniqueCount="610">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>1. «ՔԱՂԱՔԱՑԻԱԿԱՆ ՊԱՅՄԱՆԱԳԻՐ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>