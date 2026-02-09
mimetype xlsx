--- v0 (2025-10-26)
+++ v1 (2026-02-09)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f80a6b731a64d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c732d12cfaa4e5584f39f120f002cdc.psmdcp" Id="R67a4a28b80f64704" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff8431b0ff0d4b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4e2e856382d4d7192d80bd9fb910480.psmdcp" Id="Rc1b80794ce164210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Թեկնածուներ" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <x:si>
     <x:t>ԸՆՏՐԱԿԱՆ ՑՈՒՑԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>8. «ՄԵՐ ՔԱՂԱՔԸ» ԿՈՒՍԱԿՑՈՒԹՅՈՒՆՆԵՐԻ ԴԱՇԻՆՔ</x:t>
   </x:si>
   <x:si>
     <x:t>30.03.2025 Շիրակ - Գյումրի</x:t>
   </x:si>
   <x:si>
     <x:t>Հ/Հ</x:t>
   </x:si>
   <x:si>
     <x:t>Ազգանուն</x:t>
   </x:si>
   <x:si>
     <x:t>անունը</x:t>
   </x:si>
   <x:si>
     <x:t>հայրանունը</x:t>
   </x:si>
   <x:si>
     <x:t>Սեռը</x:t>
   </x:si>
   <x:si>
@@ -229,66 +229,72 @@
   <x:si>
     <x:t>8</x:t>
   </x:si>
   <x:si>
     <x:t>ՄԻՐԶՈՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՆԱՐԵԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ԼՅՈՎԱՅԻ</x:t>
   </x:si>
   <x:si>
     <x:t>24-11-1989</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՅԱՍՏԱՆԻ ՀԱՆՐԱՊԵՏԱԿԱՆ ԿՈՒՍԱԿՑՈՒԹՅՈՒՆ</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՇԻՐԱԿ, ԳՅՈՒՄՐԻ, Ն. ՍՏԵՓԱՆՅԱՆ 1 ՓԿՂ., Տ, 10, </x:t>
   </x:si>
   <x:si>
     <x:t>ՀՀԿ &lt;&lt;Ախուրյան&gt;&gt; ՇԽ, կազմակերպիչ, դասախոս</x:t>
   </x:si>
   <x:si>
+    <x:t>Արձ5</x:t>
+  </x:si>
+  <x:si>
     <x:t>9</x:t>
   </x:si>
   <x:si>
     <x:t>ԽԱՉԱՏՐՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ՀԱՍՄԻԿ</x:t>
   </x:si>
   <x:si>
     <x:t>25-12-1962</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՇԻՐԱԿ, ԳՅՈՒՄՐԻ, ՊՈՒՇԿԻՆԻ 1 ՆՐԲ., Տ, 3, </x:t>
   </x:si>
   <x:si>
     <x:t>Շիրակի Մարզի երեխաների և  ընտանիքի աջակցության կենտրոն, պահեստապետ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-Ա</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
     <x:t>ՀՈՎՍԵՓՅԱՆ</x:t>
   </x:si>
   <x:si>
     <x:t>ԱՐՏԱԿ</x:t>
   </x:si>
   <x:si>
     <x:t>ՍԱՄՎԵԼԻ</x:t>
   </x:si>
   <x:si>
     <x:t>23-06-1976</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ՇԻՐԱԿ, ԳՅՈՒՄՐԻ, ԱՆԻ ԹՂՄ. 11 Փ., Շ, 7Բ, 1, </x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
     <x:t>ՏՈՆՈՅԱՆ</x:t>
   </x:si>
@@ -1434,906 +1440,906 @@
       <x:c r="C11" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:10" s="3" customFormat="1">
-      <x:c r="A12" s="3" t="s">
+    <x:row r="12" spans="1:10" s="2" customFormat="1">
+      <x:c r="A12" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="B12" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C12" s="3" t="s">
+      <x:c r="C12" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D12" s="3" t="s">
+      <x:c r="D12" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="E12" s="3" t="s">
+      <x:c r="E12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F12" s="3" t="s">
+      <x:c r="F12" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G12" s="3" t="s">
+      <x:c r="G12" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="H12" s="3" t="s">
+      <x:c r="H12" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="I12" s="3" t="s">
+      <x:c r="I12" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="J12" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A13" s="3" t="s">
+      <x:c r="J12" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B13" s="3" t="s">
+    </x:row>
+    <x:row r="13" spans="1:10" s="2" customFormat="1">
+      <x:c r="A13" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C13" s="3" t="s">
+      <x:c r="B13" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D13" s="3" t="s">
+      <x:c r="C13" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D13" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="E13" s="3" t="s">
+      <x:c r="E13" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="F13" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="3" t="s">
+      <x:c r="F13" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G13" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="H13" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="I13" s="3" t="s">
+      <x:c r="H13" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="J13" s="3" t="s">
-        <x:v>32</x:v>
+      <x:c r="I13" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J13" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" s="3" customFormat="1">
       <x:c r="A14" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" s="3" customFormat="1">
       <x:c r="A15" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" s="3" customFormat="1">
       <x:c r="A16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" s="3" customFormat="1">
       <x:c r="A17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" s="3" customFormat="1">
       <x:c r="A18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" s="3" customFormat="1">
       <x:c r="A19" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J19" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" s="3" customFormat="1">
       <x:c r="A20" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F20" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J20" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" s="3" customFormat="1">
       <x:c r="A21" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F21" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J21" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" s="3" customFormat="1">
       <x:c r="A22" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F22" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H22" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J22" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" s="3" customFormat="1">
       <x:c r="A23" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F23" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H23" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I23" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J23" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" s="3" customFormat="1">
       <x:c r="A24" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H24" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I24" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J24" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" s="3" customFormat="1">
       <x:c r="A25" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H25" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I25" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J25" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" s="3" customFormat="1">
       <x:c r="A26" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H26" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I26" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J26" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" s="3" customFormat="1">
       <x:c r="A27" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F27" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H27" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I27" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J27" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" s="3" customFormat="1">
       <x:c r="A28" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F28" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H28" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I28" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J28" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" s="3" customFormat="1">
       <x:c r="A29" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F29" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H29" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I29" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J29" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" s="3" customFormat="1">
       <x:c r="A30" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F30" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H30" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I30" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J30" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" s="3" customFormat="1">
       <x:c r="A31" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J31" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" s="3" customFormat="1">
       <x:c r="A32" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H32" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I32" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J32" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" s="3" customFormat="1">
       <x:c r="A33" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F33" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H33" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I33" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J33" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" s="3" customFormat="1">
       <x:c r="A34" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F34" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H34" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I34" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J34" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" s="3" customFormat="1">
       <x:c r="A35" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F35" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H35" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I35" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J35" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" s="3" customFormat="1">
       <x:c r="A36" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F36" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H36" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I36" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J36" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" s="3" customFormat="1">
       <x:c r="A37" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J37" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" s="3" customFormat="1">
       <x:c r="A38" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F38" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H38" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I38" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J38" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" s="3" customFormat="1">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s"/>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="3" t="s"/>
       <x:c r="F39" s="3" t="s"/>
       <x:c r="G39" s="3" t="s"/>
       <x:c r="H39" s="3" t="s"/>
       <x:c r="I39" s="3" t="s"/>
       <x:c r="J39" s="3" t="s"/>
     </x:row>
     <x:row r="40" spans="1:10" s="3" customFormat="1">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s"/>
       <x:c r="C40" s="3" t="s"/>
       <x:c r="D40" s="3" t="s"/>