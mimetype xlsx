--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca827f86d7e4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e48a1d911c0040f6845356e9ba45bd4b.psmdcp" Id="Ra6538c6793044f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7e902710ab48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d25a7eb8cb9f45ab9c2ff96755fcfdfa.psmdcp" Id="Rd4e72db5ef694afc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Հանձնաժողովների կազմեր" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
   <x:si>
     <x:t>Մարզ</x:t>
   </x:si>
   <x:si>
     <x:t>Համայնք</x:t>
   </x:si>
   <x:si>