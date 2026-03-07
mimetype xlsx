--- v1 (2026-01-19)
+++ v2 (2026-03-07)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7e902710ab48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d25a7eb8cb9f45ab9c2ff96755fcfdfa.psmdcp" Id="Rd4e72db5ef694afc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7471d97c76bd42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c5bda161eb64b8e8955202b7fc29ead.psmdcp" Id="R63ed923ef8b74288" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Հանձնաժողովների կազմեր" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Մարզ</x:t>
   </x:si>
   <x:si>
     <x:t>Համայնք</x:t>
   </x:si>
   <x:si>
     <x:t>Ընտրատարածք</x:t>
   </x:si>
   <x:si>
     <x:t>Տեղամաս</x:t>
   </x:si>
   <x:si>
     <x:t>ՏԸՀ Անդամ</x:t>
   </x:si>
   <x:si>
     <x:t>Վկայական</x:t>
   </x:si>
   <x:si>
     <x:t>Նշանակվել է</x:t>
   </x:si>
   <x:si>
     <x:t>Պաշտոնը</x:t>
   </x:si>
   <x:si>
@@ -1075,2553 +1075,2553 @@
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C2" s="0" t="n">
+      <x:c r="C2" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D2" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F2" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="n">
+      <x:c r="C3" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F3" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="n">
+      <x:c r="C4" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
+      <x:c r="C5" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="C6" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C7" s="0" t="n">
+      <x:c r="C7" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C8" s="0" t="n">
+      <x:c r="C8" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C9" s="0" t="n">
+      <x:c r="C9" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="C10" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C11" s="0" t="n">
+      <x:c r="C11" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C12" s="0" t="n">
+      <x:c r="C12" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C13" s="0" t="n">
+      <x:c r="C13" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C14" s="0" t="n">
+      <x:c r="C14" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
+      <x:c r="C15" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="C16" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C17" s="0" t="n">
+      <x:c r="C17" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C18" s="0" t="n">
+      <x:c r="C18" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G18" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C19" s="0" t="n">
+      <x:c r="C19" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="n">
+      <x:c r="C20" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="n">
+      <x:c r="C21" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="C22" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G22" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C23" s="0" t="n">
+      <x:c r="C23" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C24" s="0" t="n">
+      <x:c r="C24" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C25" s="0" t="n">
+      <x:c r="C25" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C26" s="0" t="n">
+      <x:c r="C26" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G26" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C27" s="0" t="n">
+      <x:c r="C27" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C28" s="0" t="n">
+      <x:c r="C28" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C29" s="0" t="n">
+      <x:c r="C29" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C30" s="0" t="n">
+      <x:c r="C30" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G30" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C31" s="0" t="n">
+      <x:c r="C31" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C32" s="0" t="n">
+      <x:c r="C32" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C33" s="0" t="n">
+      <x:c r="C33" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C34" s="0" t="n">
+      <x:c r="C34" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C35" s="0" t="n">
+      <x:c r="C35" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G35" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C36" s="0" t="n">
+      <x:c r="C36" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C37" s="0" t="n">
+      <x:c r="C37" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C38" s="0" t="n">
+      <x:c r="C38" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G38" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C39" s="0" t="n">
+      <x:c r="C39" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C40" s="0" t="n">
+      <x:c r="C40" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C41" s="0" t="n">
+      <x:c r="C41" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C42" s="0" t="n">
+      <x:c r="C42" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C43" s="0" t="n">
+      <x:c r="C43" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G43" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C44" s="0" t="n">
+      <x:c r="C44" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C45" s="0" t="n">
+      <x:c r="C45" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C46" s="0" t="n">
+      <x:c r="C46" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C47" s="0" t="n">
+      <x:c r="C47" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G47" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C48" s="0" t="n">
+      <x:c r="C48" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C49" s="0" t="n">
+      <x:c r="C49" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C50" s="0" t="n">
+      <x:c r="C50" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C51" s="0" t="n">
+      <x:c r="C51" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G51" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C52" s="0" t="n">
+      <x:c r="C52" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C53" s="0" t="n">
+      <x:c r="C53" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C54" s="0" t="n">
+      <x:c r="C54" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G54" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C55" s="0" t="n">
+      <x:c r="C55" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C56" s="0" t="n">
+      <x:c r="C56" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C57" s="0" t="n">
+      <x:c r="C57" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C58" s="0" t="n">
+      <x:c r="C58" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G58" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C59" s="0" t="n">
+      <x:c r="C59" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G59" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C60" s="0" t="n">
+      <x:c r="C60" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C61" s="0" t="n">
+      <x:c r="C61" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C62" s="0" t="n">
+      <x:c r="C62" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C63" s="0" t="n">
+      <x:c r="C63" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C64" s="0" t="n">
+      <x:c r="C64" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C65" s="0" t="n">
+      <x:c r="C65" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C66" s="0" t="n">
+      <x:c r="C66" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G66" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C67" s="0" t="n">
+      <x:c r="C67" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C68" s="0" t="n">
+      <x:c r="C68" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C69" s="0" t="n">
+      <x:c r="C69" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C70" s="0" t="n">
+      <x:c r="C70" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G70" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C71" s="0" t="n">
+      <x:c r="C71" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C72" s="0" t="n">
+      <x:c r="C72" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C73" s="0" t="n">
+      <x:c r="C73" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C74" s="0" t="n">
+      <x:c r="C74" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G74" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C75" s="0" t="n">
+      <x:c r="C75" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G75" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C76" s="0" t="n">
+      <x:c r="C76" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C77" s="0" t="n">
+      <x:c r="C77" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C78" s="0" t="n">
+      <x:c r="C78" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C79" s="0" t="n">
+      <x:c r="C79" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C80" s="0" t="n">
+      <x:c r="C80" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C81" s="0" t="n">
+      <x:c r="C81" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C82" s="0" t="n">
+      <x:c r="C82" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C83" s="0" t="n">
+      <x:c r="C83" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="G83" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C84" s="0" t="n">
+      <x:c r="C84" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C85" s="0" t="n">
+      <x:c r="C85" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C86" s="0" t="n">
+      <x:c r="C86" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G86" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C87" s="0" t="n">
+      <x:c r="C87" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C88" s="0" t="n">
+      <x:c r="C88" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C89" s="0" t="n">
+      <x:c r="C89" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C90" s="0" t="n">
+      <x:c r="C90" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C91" s="0" t="n">
+      <x:c r="C91" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G91" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C92" s="0" t="n">
+      <x:c r="C92" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C93" s="0" t="n">
+      <x:c r="C93" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C94" s="0" t="n">
+      <x:c r="C94" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C95" s="0" t="n">
+      <x:c r="C95" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="G95" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C96" s="0" t="n">
+      <x:c r="C96" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C97" s="0" t="n">
+      <x:c r="C97" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>Հանձնաժողովների կազմեր</vt:lpstr>
+      <vt:lpstr>Հանձնաժողովների կազմեր!Print_Area</vt:lpstr>
+      <vt:lpstr>Հանձնաժողովների կազմեր!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
-  <ap:TitlesOfParts>
-[...5 lines deleted...]
-  </ap:TitlesOfParts>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>