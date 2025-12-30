--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46cbed2c02914ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8da0b4a5af364747b073a03d7eabc248.psmdcp" Id="R6db962ae9d304099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55be5e3cdfc0414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d29393d92445468595eb98acdf73b23e.psmdcp" Id="R05836ee9c0b14a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Տեղամասեր" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <x:si>
     <x:t>Մարզ</x:t>
   </x:si>
   <x:si>
     <x:t>Բնակավայր</x:t>
   </x:si>
   <x:si>