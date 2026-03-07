--- v1 (2025-12-30)
+++ v2 (2026-03-07)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55be5e3cdfc0414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d29393d92445468595eb98acdf73b23e.psmdcp" Id="R05836ee9c0b14a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf41898d2f6b341ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdaf019b0e7543a686c37f30318eb0ab.psmdcp" Id="R7db28e7b435f49be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Տեղամասեր" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Մարզ</x:t>
   </x:si>
   <x:si>
     <x:t>Բնակավայր</x:t>
   </x:si>
   <x:si>
     <x:t>Նախկին</x:t>
   </x:si>
   <x:si>
     <x:t>Ընտրատարածք</x:t>
   </x:si>
   <x:si>
     <x:t>Ընտրատեղամաս</x:t>
   </x:si>
   <x:si>
     <x:t>Հասցե</x:t>
   </x:si>
   <x:si>
     <x:t>Գեղարքունիք</x:t>
   </x:si>
   <x:si>
     <x:t>Ճամբարակ</x:t>
   </x:si>
   <x:si>
@@ -590,434 +590,434 @@
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6">
       <x:c r="A2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="D2" s="0" t="n">
+      <x:c r="D2" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E2" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="n">
+      <x:c r="D3" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="n">
+      <x:c r="D4" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="A5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="n">
+      <x:c r="D5" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="A6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="n">
+      <x:c r="D6" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="A7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D7" s="0" t="n">
+      <x:c r="D7" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="D8" s="0" t="n">
+      <x:c r="D8" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="A9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="n">
+      <x:c r="D9" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="A10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
+      <x:c r="D10" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6">
       <x:c r="A11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="n">
+      <x:c r="D11" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6">
       <x:c r="A12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="D12" s="0" t="n">
+      <x:c r="D12" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6">
       <x:c r="A13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D13" s="0" t="n">
+      <x:c r="D13" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6">
       <x:c r="A14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="D14" s="0" t="n">
+      <x:c r="D14" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6">
       <x:c r="A15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="n">
+      <x:c r="D15" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6">
       <x:c r="A16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="D16" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6">
       <x:c r="A17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D17" s="0" t="n">
+      <x:c r="D17" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6">
       <x:c r="A18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D18" s="0" t="n">
+      <x:c r="D18" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6">
       <x:c r="A19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D19" s="0" t="n">
+      <x:c r="D19" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6">
       <x:c r="A20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D20" s="0" t="n">
+      <x:c r="D20" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>Տեղամասեր</vt:lpstr>
+      <vt:lpstr>Տեղամասեր!Print_Area</vt:lpstr>
+      <vt:lpstr>Տեղամասեր!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
-  <ap:TitlesOfParts>
-[...5 lines deleted...]
-  </ap:TitlesOfParts>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>